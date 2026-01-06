--- v0 (2025-10-22)
+++ v1 (2026-01-06)
@@ -1,555 +1,624 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28623"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="d:\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\HSRS dokumenti\Tijela HSRS\Upravni odbor\2025.2\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{13C6452B-146D-43BB-BCEE-FBD31DB9AA99}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{316709EA-86D4-4019-9330-5DE7A5D0F12F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId1"/>
     <sheet name="List2" sheetId="2" r:id="rId2"/>
     <sheet name="List3" sheetId="3" r:id="rId3"/>
   </sheets>
-  <calcPr calcId="124519"/>
+  <calcPr calcId="181029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="202" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="261" uniqueCount="124">
   <si>
     <t>DATUM</t>
   </si>
   <si>
-    <t>KATEGORIJA</t>
-[...7 lines deleted...]
-  <si>
     <t>SENIORI</t>
   </si>
   <si>
     <t>MLADEŽ/VETERANI/INVALIDI</t>
   </si>
   <si>
+    <t>FEEDER</t>
+  </si>
+  <si>
+    <t>KUP ŽUPANIJE</t>
+  </si>
+  <si>
+    <t>KUP ZONE</t>
+  </si>
+  <si>
+    <t>FINALE KUPA KADETI</t>
+  </si>
+  <si>
+    <t>GAREŠNICA</t>
+  </si>
+  <si>
+    <t>TRBUŠANCI</t>
+  </si>
+  <si>
+    <t>IVANEC</t>
+  </si>
+  <si>
+    <t>BANOVA</t>
+  </si>
+  <si>
+    <t>MLADEŽ</t>
+  </si>
+  <si>
+    <t>KANAL STAZA 1</t>
+  </si>
+  <si>
+    <t>04.04.SU</t>
+  </si>
+  <si>
+    <t>05.04.NE</t>
+  </si>
+  <si>
+    <t>11.04.SU</t>
+  </si>
+  <si>
+    <t>12.04.NE</t>
+  </si>
+  <si>
+    <t>18.04.SU</t>
+  </si>
+  <si>
+    <t>19.04.NE</t>
+  </si>
+  <si>
+    <t>25.04.SU</t>
+  </si>
+  <si>
+    <t>26.04.NE</t>
+  </si>
+  <si>
+    <t>02.05.SU</t>
+  </si>
+  <si>
+    <t>09.05.SU</t>
+  </si>
+  <si>
+    <t>10.05.NE</t>
+  </si>
+  <si>
+    <t>16.05.SU</t>
+  </si>
+  <si>
+    <t>17.05.NE</t>
+  </si>
+  <si>
+    <t>23.05.SU</t>
+  </si>
+  <si>
+    <t>24.05.NE</t>
+  </si>
+  <si>
+    <t>30.05.SU</t>
+  </si>
+  <si>
+    <t>31.05.NE</t>
+  </si>
+  <si>
+    <t>06.06.SU</t>
+  </si>
+  <si>
+    <t>07.06.NE</t>
+  </si>
+  <si>
+    <t>13.06.SU</t>
+  </si>
+  <si>
+    <t>14.06.NE</t>
+  </si>
+  <si>
+    <t>20.06.SU</t>
+  </si>
+  <si>
+    <t>21.06.NE</t>
+  </si>
+  <si>
+    <t>27.06.SU</t>
+  </si>
+  <si>
+    <t>28.06.NE</t>
+  </si>
+  <si>
+    <t>04.07.SU</t>
+  </si>
+  <si>
+    <t>05.07.NE</t>
+  </si>
+  <si>
+    <t>11.07.SU</t>
+  </si>
+  <si>
+    <t>12.07.NE</t>
+  </si>
+  <si>
+    <t>18.07.SU</t>
+  </si>
+  <si>
+    <t>19.07.NE</t>
+  </si>
+  <si>
+    <t>01.08.SU</t>
+  </si>
+  <si>
+    <t>02.08.NE</t>
+  </si>
+  <si>
+    <t>08.08.SU</t>
+  </si>
+  <si>
+    <t>09.08.NE</t>
+  </si>
+  <si>
+    <t>15.08.SU</t>
+  </si>
+  <si>
+    <t>16.08.NE</t>
+  </si>
+  <si>
+    <t>22.08.SU</t>
+  </si>
+  <si>
+    <t>23.08.NE</t>
+  </si>
+  <si>
+    <t>05.09.SU</t>
+  </si>
+  <si>
+    <t>06.09.NE</t>
+  </si>
+  <si>
+    <t>12.09.SU</t>
+  </si>
+  <si>
+    <t>13.09.NE</t>
+  </si>
+  <si>
+    <t>26.09.SU</t>
+  </si>
+  <si>
+    <t>27.09.NE</t>
+  </si>
+  <si>
+    <t>03.10.SU</t>
+  </si>
+  <si>
+    <t>04.10.NE</t>
+  </si>
+  <si>
+    <t>10.10.SU</t>
+  </si>
+  <si>
+    <t>11.10.NE</t>
+  </si>
+  <si>
+    <t>17.04. PE</t>
+  </si>
+  <si>
+    <t>16.04.ČE</t>
+  </si>
+  <si>
+    <t>05.06. PE</t>
+  </si>
+  <si>
+    <t>VETERANI/INVALIDI IVANEC</t>
+  </si>
+  <si>
+    <t>EUROPSKO SENIORI IRSKA</t>
+  </si>
+  <si>
+    <t>30.08. SU</t>
+  </si>
+  <si>
+    <t>31.08. NE</t>
+  </si>
+  <si>
+    <t>KLUPSKO FEEDER  PRELOG</t>
+  </si>
+  <si>
+    <t>07.08. PE</t>
+  </si>
+  <si>
+    <t>21.08. PE</t>
+  </si>
+  <si>
+    <t>MASTERI/SENIORKE SPAIN</t>
+  </si>
+  <si>
+    <t>SVJETSKO SENIORI PORTUGAL</t>
+  </si>
+  <si>
+    <t>SVJETSKO MLADEŽ FRANCUSKA</t>
+  </si>
+  <si>
+    <t>MASTERI</t>
+  </si>
+  <si>
+    <t>03.05.NE</t>
+  </si>
+  <si>
     <t>SENIORKE</t>
   </si>
   <si>
-    <t>FEEDER</t>
-[...221 lines deleted...]
-    <t>08.08.PE</t>
+    <t>MLADEŽ/MASTERI</t>
+  </si>
+  <si>
+    <t>VETERANI/INVALIDI</t>
+  </si>
+  <si>
+    <t>INVALIDI</t>
+  </si>
+  <si>
+    <t>VETERANI</t>
   </si>
   <si>
     <t>SELNICA</t>
   </si>
   <si>
-    <t>GAREŠNICA</t>
-[...5 lines deleted...]
-    <t>IVANEC</t>
+    <t>ŽABNIK/SELNICA</t>
+  </si>
+  <si>
+    <t>FINALE KUPA HŠRS /SVJETSKO KLUPSKO FINSKA</t>
+  </si>
+  <si>
+    <t>ĐAKOVO</t>
+  </si>
+  <si>
+    <t>DRUGA ZAPAD</t>
+  </si>
+  <si>
+    <t>TREĆA SJEVER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TREĆA ZAPAD </t>
+  </si>
+  <si>
+    <t>TREĆA ISTOK</t>
+  </si>
+  <si>
+    <t>DRUGA  SJEVER</t>
+  </si>
+  <si>
+    <t>DRUGA ISTOK</t>
+  </si>
+  <si>
+    <t>KANAL DUBRAVA</t>
+  </si>
+  <si>
+    <t>POLJANSKI LUG</t>
+  </si>
+  <si>
+    <t>NAŠICE</t>
+  </si>
+  <si>
+    <t>ŠUMBAR</t>
+  </si>
+  <si>
+    <t>BOSUT VINKOVCI</t>
+  </si>
+  <si>
+    <t>STRA DRAVA REPNJAK</t>
+  </si>
+  <si>
+    <t>REPAŠKI KANAL</t>
+  </si>
+  <si>
+    <t>LUDBREG STARA BEDNJA</t>
+  </si>
+  <si>
+    <t>NOVAKOVEC</t>
+  </si>
+  <si>
+    <t>CIGLANA VUSTJE</t>
+  </si>
+  <si>
+    <t>25.07.SU</t>
+  </si>
+  <si>
+    <t>26.07.NE</t>
+  </si>
+  <si>
+    <t>30.07.ČE</t>
+  </si>
+  <si>
+    <t>31.07.PE</t>
+  </si>
+  <si>
+    <t>20.08.ČE</t>
+  </si>
+  <si>
+    <t>ČARDA N. VIRJE</t>
+  </si>
+  <si>
+    <t>STARA BEDNJA N. MAROF</t>
+  </si>
+  <si>
+    <t>KANAL OREHOVICA</t>
+  </si>
+  <si>
+    <t>STARA DRAVA P. PODGAJCI</t>
+  </si>
+  <si>
+    <t>BOSUT ROKOVCI-ANDRIJAŠEVCI</t>
+  </si>
+  <si>
+    <t>STARA DRAVA REPNJAK</t>
   </si>
   <si>
     <t>OREHOVICA</t>
   </si>
   <si>
-    <t>SELNICA/ŽABNIK</t>
-[...50 lines deleted...]
-    <t>GAREŠNICA SAMO MASTERSI</t>
+    <t>PUŠKAŠ</t>
+  </si>
+  <si>
+    <t>RAKITJE JUŠ</t>
+  </si>
+  <si>
+    <t>DRAVA OSIJEK</t>
+  </si>
+  <si>
+    <t>CEROVLJE</t>
+  </si>
+  <si>
+    <t>RAMINAC</t>
+  </si>
+  <si>
+    <t>PREDKOLOFEEDER</t>
+  </si>
+  <si>
+    <t>19.09.SU</t>
+  </si>
+  <si>
+    <t>20.09.NE</t>
+  </si>
+  <si>
+    <t>RAJP PLOVAK GAREŠNICA</t>
+  </si>
+  <si>
+    <t>SVJETSKO FEEDER ITALIJA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
       <sz val="9"/>
       <color theme="1"/>
-      <name val="Calibri"/>
-[...19 lines deleted...]
-      <sz val="9"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="9"/>
+      <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color rgb="FFC00000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color rgb="FF002060"/>
+      <name val="Calibri"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFC000"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF92D050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00B0F0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF00B050"/>
-[...17 lines deleted...]
-        <fgColor rgb="FF29B95C"/>
+        <fgColor rgb="FFFF0000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="19">
+  <cellXfs count="24">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF6699"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
@@ -821,1232 +890,1897 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A2:I70"/>
+  <dimension ref="A1:Q66"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A31" workbookViewId="0">
-      <selection activeCell="H74" sqref="H74"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="8" style="5" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="10" max="16384" width="8.85546875" style="5"/>
+    <col min="1" max="1" width="8" style="3" customWidth="1"/>
+    <col min="2" max="2" width="25.7109375" style="3" customWidth="1"/>
+    <col min="3" max="3" width="15" style="4" customWidth="1"/>
+    <col min="4" max="4" width="5.42578125" style="4" customWidth="1"/>
+    <col min="5" max="6" width="10.85546875" style="3" customWidth="1"/>
+    <col min="7" max="7" width="10.140625" style="3" customWidth="1"/>
+    <col min="8" max="8" width="8.140625" style="3" customWidth="1"/>
+    <col min="9" max="9" width="6.42578125" style="3" customWidth="1"/>
+    <col min="10" max="10" width="6.7109375" style="3" customWidth="1"/>
+    <col min="11" max="11" width="8.140625" style="3" customWidth="1"/>
+    <col min="12" max="12" width="11.140625" style="3" customWidth="1"/>
+    <col min="13" max="13" width="10" style="3" customWidth="1"/>
+    <col min="14" max="14" width="14.85546875" style="3" customWidth="1"/>
+    <col min="15" max="15" width="16.7109375" style="3" customWidth="1"/>
+    <col min="16" max="16" width="10.85546875" style="3" customWidth="1"/>
+    <col min="17" max="17" width="17.7109375" style="3" customWidth="1"/>
+    <col min="18" max="16384" width="8.85546875" style="3"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="A5" s="4" t="s">
+    <row r="1" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="L1" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="M1" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="N1" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="O1" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="P1" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="Q1" s="5" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="2" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A2" s="5" t="s">
         <v>0</v>
       </c>
-      <c r="B5" s="4"/>
-      <c r="C5" s="4" t="s">
+      <c r="B2" s="5"/>
+      <c r="C2" s="6"/>
+      <c r="D2" s="6"/>
+      <c r="E2" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="D5" s="4"/>
-[...4 lines deleted...]
-      <c r="G5" s="4" t="s">
+      <c r="F2" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="G2" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H2" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="I2" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="J2" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="K2" s="5" t="s">
+        <v>3</v>
+      </c>
+      <c r="L2" s="5"/>
+      <c r="M2" s="5"/>
+      <c r="N2" s="5"/>
+      <c r="O2" s="5"/>
+      <c r="P2" s="5"/>
+      <c r="Q2" s="5"/>
+    </row>
+    <row r="3" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A3" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" s="5"/>
+      <c r="C3" s="6"/>
+      <c r="D3" s="6"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+      <c r="K3" s="5"/>
+      <c r="L3" s="5"/>
+      <c r="M3" s="5"/>
+      <c r="N3" s="5"/>
+      <c r="O3" s="5"/>
+      <c r="P3" s="5"/>
+      <c r="Q3" s="5"/>
+    </row>
+    <row r="4" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A4" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B4" s="5"/>
+      <c r="C4" s="6"/>
+      <c r="D4" s="6"/>
+      <c r="E4" s="5"/>
+      <c r="F4" s="5"/>
+      <c r="G4" s="5"/>
+      <c r="H4" s="5"/>
+      <c r="I4" s="5"/>
+      <c r="J4" s="5"/>
+      <c r="K4" s="5"/>
+      <c r="L4" s="5"/>
+      <c r="M4" s="5"/>
+      <c r="N4" s="5"/>
+      <c r="O4" s="5"/>
+      <c r="P4" s="5"/>
+      <c r="Q4" s="5"/>
+    </row>
+    <row r="5" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A5" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" s="5"/>
+      <c r="C5" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="D5" s="6"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="G5" s="5"/>
+      <c r="H5" s="5"/>
+      <c r="I5" s="5"/>
+      <c r="J5" s="5"/>
+      <c r="K5" s="5"/>
+      <c r="L5" s="5"/>
+      <c r="M5" s="5"/>
+      <c r="N5" s="5"/>
+      <c r="O5" s="5"/>
+      <c r="P5" s="5"/>
+      <c r="Q5" s="5"/>
+    </row>
+    <row r="6" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A6" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" s="5"/>
+      <c r="C6" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="D6" s="6"/>
+      <c r="E6" s="6"/>
+      <c r="F6" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="G6" s="5"/>
+      <c r="H6" s="5"/>
+      <c r="I6" s="5"/>
+      <c r="J6" s="5"/>
+      <c r="K6" s="5"/>
+      <c r="L6" s="5"/>
+      <c r="M6" s="5"/>
+      <c r="N6" s="5"/>
+      <c r="O6" s="5"/>
+      <c r="P6" s="5"/>
+      <c r="Q6" s="5"/>
+    </row>
+    <row r="7" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A7" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" s="8" t="s">
+        <v>123</v>
+      </c>
+      <c r="C7" s="6"/>
+      <c r="D7" s="6"/>
+      <c r="E7" s="5"/>
+      <c r="F7" s="5"/>
+      <c r="G7" s="5"/>
+      <c r="H7" s="5"/>
+      <c r="I7" s="5"/>
+      <c r="J7" s="5"/>
+      <c r="K7" s="5"/>
+      <c r="L7" s="5"/>
+      <c r="M7" s="5"/>
+      <c r="N7" s="5"/>
+      <c r="O7" s="5"/>
+      <c r="P7" s="5"/>
+      <c r="Q7" s="5"/>
+    </row>
+    <row r="8" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A8" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" s="8" t="s">
+        <v>123</v>
+      </c>
+      <c r="C8" s="6"/>
+      <c r="D8" s="6"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="5"/>
+      <c r="G8" s="5"/>
+      <c r="H8" s="5"/>
+      <c r="I8" s="5"/>
+      <c r="J8" s="5"/>
+      <c r="K8" s="5"/>
+      <c r="L8" s="5"/>
+      <c r="M8" s="5"/>
+      <c r="N8" s="5"/>
+      <c r="O8" s="5"/>
+      <c r="P8" s="5"/>
+      <c r="Q8" s="5"/>
+    </row>
+    <row r="9" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A9" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="B9" s="8" t="s">
+        <v>123</v>
+      </c>
+      <c r="C9" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="D9" s="6"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="5"/>
+      <c r="G9" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="J9" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="K9" s="5"/>
+      <c r="L9" s="5"/>
+      <c r="M9" s="5"/>
+      <c r="N9" s="5"/>
+      <c r="O9" s="5"/>
+      <c r="P9" s="5"/>
+      <c r="Q9" s="5"/>
+    </row>
+    <row r="10" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A10" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B10" s="8"/>
+      <c r="C10" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="D10" s="6"/>
+      <c r="E10" s="5"/>
+      <c r="F10" s="5"/>
+      <c r="G10" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="H10" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="J10" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="K10" s="5"/>
+      <c r="L10" s="10"/>
+      <c r="M10" s="10"/>
+      <c r="N10" s="10"/>
+      <c r="O10" s="10"/>
+      <c r="P10" s="10"/>
+      <c r="Q10" s="10"/>
+    </row>
+    <row r="11" spans="1:17" s="15" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="B11" s="14" t="s">
+        <v>119</v>
+      </c>
+      <c r="C11" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D11" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="E11" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="F11" s="21"/>
+      <c r="G11" s="5"/>
+      <c r="H11" s="5"/>
+      <c r="I11" s="5"/>
+      <c r="J11" s="5"/>
+      <c r="K11" s="14" t="s">
+        <v>94</v>
+      </c>
+      <c r="L11" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="M11" s="5" t="s">
         <v>93</v>
       </c>
-      <c r="H5" s="4" t="s">
+      <c r="N11" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="O11" s="5"/>
+      <c r="P11" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="Q11" s="5" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17" s="15" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="B12" s="14" t="s">
+        <v>119</v>
+      </c>
+      <c r="C12" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D12" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="E12" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="F12" s="21"/>
+      <c r="G12" s="5"/>
+      <c r="H12" s="5"/>
+      <c r="I12" s="5"/>
+      <c r="J12" s="5"/>
+      <c r="K12" s="14" t="s">
+        <v>94</v>
+      </c>
+      <c r="L12" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="M12" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="N12" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="O12" s="5"/>
+      <c r="P12" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="Q12" s="5" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A13" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="B13" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="C13" s="6"/>
+      <c r="D13" s="6"/>
+      <c r="E13" s="5"/>
+      <c r="F13" s="5"/>
+      <c r="G13" s="5"/>
+      <c r="H13" s="5"/>
+      <c r="I13" s="5"/>
+      <c r="J13" s="5"/>
+      <c r="K13" s="5"/>
+      <c r="L13" s="5"/>
+      <c r="M13" s="5"/>
+      <c r="N13" s="5"/>
+      <c r="O13" s="5"/>
+      <c r="P13" s="5"/>
+      <c r="Q13" s="5"/>
+    </row>
+    <row r="14" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A14" s="10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B14" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="C14" s="6"/>
+      <c r="D14" s="6"/>
+      <c r="E14" s="5"/>
+      <c r="F14" s="5"/>
+      <c r="G14" s="5"/>
+      <c r="H14" s="5"/>
+      <c r="I14" s="5"/>
+      <c r="J14" s="5"/>
+      <c r="K14" s="5"/>
+      <c r="L14" s="10"/>
+      <c r="M14" s="10"/>
+      <c r="N14" s="10"/>
+      <c r="O14" s="10"/>
+      <c r="P14" s="10"/>
+      <c r="Q14" s="10"/>
+    </row>
+    <row r="15" spans="1:17" s="15" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B15" s="10"/>
+      <c r="C15" s="9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D15" s="6"/>
+      <c r="E15" s="6"/>
+      <c r="F15" s="6"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="J15" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="K15" s="10"/>
+      <c r="L15" s="10"/>
+      <c r="M15" s="10"/>
+      <c r="N15" s="10"/>
+      <c r="O15" s="10"/>
+      <c r="P15" s="10"/>
+      <c r="Q15" s="10"/>
+    </row>
+    <row r="16" spans="1:17" s="15" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B16" s="10"/>
+      <c r="C16" s="9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D16" s="6"/>
+      <c r="E16" s="6"/>
+      <c r="F16" s="6"/>
+      <c r="G16" s="5"/>
+      <c r="H16" s="5"/>
+      <c r="I16" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="J16" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="K16" s="10"/>
+      <c r="L16" s="5"/>
+      <c r="M16" s="5"/>
+      <c r="N16" s="5"/>
+      <c r="O16" s="5"/>
+      <c r="P16" s="5"/>
+      <c r="Q16" s="5"/>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A17" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B17" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C17" s="6"/>
+      <c r="D17" s="17" t="s">
+        <v>3</v>
+      </c>
+      <c r="E17" s="5"/>
+      <c r="F17" s="5"/>
+      <c r="G17" s="5"/>
+      <c r="H17" s="5"/>
+      <c r="I17" s="5"/>
+      <c r="J17" s="5"/>
+      <c r="K17" s="17" t="s">
+        <v>82</v>
+      </c>
+      <c r="L17" s="5"/>
+      <c r="M17" s="5"/>
+      <c r="N17" s="5"/>
+      <c r="O17" s="5"/>
+      <c r="P17" s="5"/>
+      <c r="Q17" s="5"/>
+    </row>
+    <row r="18" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A18" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="B18" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D18" s="17" t="s">
+        <v>3</v>
+      </c>
+      <c r="E18" s="5"/>
+      <c r="F18" s="5"/>
+      <c r="G18" s="5"/>
+      <c r="H18" s="5"/>
+      <c r="I18" s="5"/>
+      <c r="J18" s="5"/>
+      <c r="K18" s="17" t="s">
+        <v>82</v>
+      </c>
+      <c r="L18" s="5"/>
+      <c r="M18" s="5"/>
+      <c r="N18" s="5"/>
+      <c r="O18" s="5"/>
+      <c r="P18" s="5"/>
+      <c r="Q18" s="5"/>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A19" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B19" s="5"/>
+      <c r="C19" s="9" t="s">
+        <v>78</v>
+      </c>
+      <c r="D19" s="6"/>
+      <c r="E19" s="5"/>
+      <c r="F19" s="5"/>
+      <c r="G19" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="H19" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="I19" s="5"/>
+      <c r="J19" s="5"/>
+      <c r="K19" s="5"/>
+      <c r="L19" s="5"/>
+      <c r="M19" s="5"/>
+      <c r="N19" s="5"/>
+      <c r="O19" s="5"/>
+      <c r="P19" s="5"/>
+      <c r="Q19" s="5"/>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A20" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B20" s="5"/>
+      <c r="C20" s="9" t="s">
+        <v>78</v>
+      </c>
+      <c r="D20" s="6"/>
+      <c r="E20" s="5"/>
+      <c r="F20" s="5"/>
+      <c r="G20" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="H20" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="I20" s="5"/>
+      <c r="J20" s="5"/>
+      <c r="K20" s="5"/>
+      <c r="L20" s="5"/>
+      <c r="M20" s="5"/>
+      <c r="N20" s="5"/>
+      <c r="O20" s="5"/>
+      <c r="P20" s="5"/>
+      <c r="Q20" s="5"/>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A21" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B21" s="8"/>
+      <c r="C21" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D21" s="6"/>
+      <c r="E21" s="7" t="s">
+        <v>94</v>
+      </c>
+      <c r="F21" s="5"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+      <c r="K21" s="5"/>
+      <c r="L21" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="M21" s="5"/>
+      <c r="N21" s="10"/>
+      <c r="O21" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="P21" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q21" s="5"/>
+    </row>
+    <row r="22" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A22" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B22" s="8"/>
+      <c r="C22" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D22" s="6"/>
+      <c r="E22" s="7" t="s">
+        <v>94</v>
+      </c>
+      <c r="F22" s="5"/>
+      <c r="G22" s="5"/>
+      <c r="H22" s="5"/>
+      <c r="I22" s="5"/>
+      <c r="J22" s="5"/>
+      <c r="K22" s="5"/>
+      <c r="L22" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="M22" s="5"/>
+      <c r="N22" s="10"/>
+      <c r="O22" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="P22" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q22" s="5"/>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A23" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="B23" s="19" t="s">
+        <v>65</v>
+      </c>
+      <c r="C23" s="6"/>
+      <c r="D23" s="6"/>
+      <c r="E23" s="5"/>
+      <c r="F23" s="5"/>
+      <c r="G23" s="5"/>
+      <c r="H23" s="5"/>
+      <c r="I23" s="5"/>
+      <c r="J23" s="5"/>
+      <c r="K23" s="5"/>
+      <c r="L23" s="5"/>
+      <c r="M23" s="5"/>
+      <c r="N23" s="5"/>
+      <c r="O23" s="5"/>
+      <c r="P23" s="5"/>
+      <c r="Q23" s="5"/>
+    </row>
+    <row r="24" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A24" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B24" s="19" t="s">
+        <v>65</v>
+      </c>
+      <c r="C24" s="6"/>
+      <c r="D24" s="17" t="s">
+        <v>3</v>
+      </c>
+      <c r="E24" s="5"/>
+      <c r="F24" s="5"/>
+      <c r="G24" s="5"/>
+      <c r="H24" s="5"/>
+      <c r="I24" s="5"/>
+      <c r="J24" s="5"/>
+      <c r="K24" s="17" t="s">
+        <v>113</v>
+      </c>
+      <c r="L24" s="5"/>
+      <c r="M24" s="5"/>
+      <c r="N24" s="5"/>
+      <c r="O24" s="5"/>
+      <c r="P24" s="5"/>
+      <c r="Q24" s="5"/>
+    </row>
+    <row r="25" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A25" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="B25" s="5"/>
+      <c r="C25" s="6"/>
+      <c r="D25" s="17" t="s">
+        <v>3</v>
+      </c>
+      <c r="E25" s="5"/>
+      <c r="F25" s="5"/>
+      <c r="G25" s="5"/>
+      <c r="H25" s="5"/>
+      <c r="I25" s="5"/>
+      <c r="J25" s="5"/>
+      <c r="K25" s="17" t="s">
+        <v>113</v>
+      </c>
+      <c r="L25" s="5"/>
+      <c r="M25" s="5"/>
+      <c r="N25" s="5"/>
+      <c r="O25" s="5"/>
+      <c r="P25" s="5"/>
+      <c r="Q25" s="5"/>
+    </row>
+    <row r="26" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A26" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="B26" s="8"/>
+      <c r="C26" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="D26" s="6"/>
+      <c r="E26" s="5"/>
+      <c r="F26" s="11" t="s">
+        <v>115</v>
+      </c>
+      <c r="G26" s="5"/>
+      <c r="H26" s="5"/>
+      <c r="I26" s="5"/>
+      <c r="J26" s="5"/>
+      <c r="K26" s="5"/>
+      <c r="L26" s="5"/>
+      <c r="M26" s="5"/>
+      <c r="N26" s="5"/>
+      <c r="O26" s="5"/>
+      <c r="P26" s="5"/>
+      <c r="Q26" s="5"/>
+    </row>
+    <row r="27" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A27" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="B27" s="8"/>
+      <c r="C27" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="D27" s="6"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="11" t="s">
+        <v>115</v>
+      </c>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+      <c r="K27" s="5"/>
+      <c r="L27" s="5"/>
+      <c r="M27" s="5"/>
+      <c r="N27" s="10"/>
+      <c r="O27" s="5"/>
+      <c r="P27" s="5"/>
+      <c r="Q27" s="5"/>
+    </row>
+    <row r="28" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A28" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B28" s="8"/>
+      <c r="C28" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D28" s="6"/>
+      <c r="E28" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F28" s="5"/>
+      <c r="G28" s="5"/>
+      <c r="H28" s="5"/>
+      <c r="I28" s="5"/>
+      <c r="J28" s="5"/>
+      <c r="K28" s="5"/>
+      <c r="L28" s="5"/>
+      <c r="M28" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="N28" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="O28" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="P28" s="5"/>
+      <c r="Q28" s="5" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A29" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="B29" s="8"/>
+      <c r="C29" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D29" s="6"/>
+      <c r="E29" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" s="5"/>
+      <c r="G29" s="5"/>
+      <c r="H29" s="5"/>
+      <c r="I29" s="5"/>
+      <c r="J29" s="5"/>
+      <c r="K29" s="5"/>
+      <c r="L29" s="5"/>
+      <c r="M29" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="N29" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="O29" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="P29" s="5"/>
+      <c r="Q29" s="5" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="30" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A30" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="B30" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C30" s="20"/>
+      <c r="D30" s="17" t="s">
+        <v>3</v>
+      </c>
+      <c r="E30" s="5"/>
+      <c r="F30" s="5"/>
+      <c r="G30" s="5"/>
+      <c r="H30" s="5"/>
+      <c r="I30" s="5"/>
+      <c r="J30" s="5"/>
+      <c r="K30" s="17" t="s">
+        <v>113</v>
+      </c>
+      <c r="L30" s="5"/>
+      <c r="M30" s="5"/>
+      <c r="N30" s="5"/>
+      <c r="O30" s="5"/>
+      <c r="P30" s="5"/>
+      <c r="Q30" s="5"/>
+    </row>
+    <row r="31" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A31" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="B31" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C31" s="20"/>
+      <c r="D31" s="17" t="s">
+        <v>3</v>
+      </c>
+      <c r="E31" s="5"/>
+      <c r="F31" s="5"/>
+      <c r="G31" s="5"/>
+      <c r="H31" s="5"/>
+      <c r="I31" s="5"/>
+      <c r="J31" s="5"/>
+      <c r="K31" s="17" t="s">
+        <v>113</v>
+      </c>
+      <c r="L31" s="5"/>
+      <c r="M31" s="5"/>
+      <c r="N31" s="5"/>
+      <c r="O31" s="5"/>
+      <c r="P31" s="5"/>
+      <c r="Q31" s="5"/>
+    </row>
+    <row r="32" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A32" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="B32" s="16" t="s">
+        <v>6</v>
+      </c>
+      <c r="C32" s="6"/>
+      <c r="D32" s="6"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="5"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+      <c r="K32" s="5"/>
+      <c r="L32" s="10"/>
+      <c r="M32" s="10"/>
+      <c r="N32" s="10"/>
+      <c r="O32" s="10"/>
+      <c r="P32" s="10"/>
+      <c r="Q32" s="10"/>
+    </row>
+    <row r="33" spans="1:17" s="15" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B33" s="16" t="s">
+        <v>6</v>
+      </c>
+      <c r="C33" s="21"/>
+      <c r="D33" s="6"/>
+      <c r="E33" s="10"/>
+      <c r="F33" s="10"/>
+      <c r="G33" s="5"/>
+      <c r="H33" s="5"/>
+      <c r="I33" s="5"/>
+      <c r="J33" s="10"/>
+      <c r="K33" s="5"/>
+      <c r="L33" s="10"/>
+      <c r="M33" s="10"/>
+      <c r="N33" s="10"/>
+      <c r="O33" s="10"/>
+      <c r="P33" s="10"/>
+      <c r="Q33" s="10"/>
+    </row>
+    <row r="34" spans="1:17" s="15" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B34" s="10"/>
+      <c r="C34" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="D34" s="21"/>
+      <c r="E34" s="10"/>
+      <c r="F34" s="10"/>
+      <c r="G34" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="H34" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="I34" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="J34" s="10" t="s">
+        <v>82</v>
+      </c>
+      <c r="K34" s="10"/>
+      <c r="L34" s="5"/>
+      <c r="M34" s="5"/>
+      <c r="N34" s="5"/>
+      <c r="O34" s="5"/>
+      <c r="P34" s="5"/>
+      <c r="Q34" s="5"/>
+    </row>
+    <row r="35" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A35" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B35" s="5"/>
+      <c r="C35" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="D35" s="6"/>
+      <c r="E35" s="10"/>
+      <c r="F35" s="10"/>
+      <c r="G35" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="H35" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="I35" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="J35" s="10" t="s">
+        <v>82</v>
+      </c>
+      <c r="K35" s="5"/>
+      <c r="L35" s="5"/>
+      <c r="M35" s="5"/>
+      <c r="N35" s="5"/>
+      <c r="O35" s="5"/>
+      <c r="P35" s="5"/>
+      <c r="Q35" s="5"/>
+    </row>
+    <row r="36" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A36" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B36" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C36" s="6"/>
+      <c r="D36" s="6"/>
+      <c r="E36" s="5"/>
+      <c r="F36" s="5"/>
+      <c r="G36" s="5"/>
+      <c r="H36" s="5"/>
+      <c r="I36" s="5"/>
+      <c r="J36" s="5"/>
+      <c r="K36" s="5"/>
+      <c r="L36" s="10"/>
+      <c r="M36" s="10"/>
+      <c r="N36" s="10"/>
+      <c r="O36" s="10"/>
+      <c r="P36" s="10"/>
+      <c r="Q36" s="10"/>
+    </row>
+    <row r="37" spans="1:17" s="15" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="B37" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C37" s="6"/>
+      <c r="D37" s="6"/>
+      <c r="E37" s="10"/>
+      <c r="F37" s="10"/>
+      <c r="G37" s="5"/>
+      <c r="H37" s="5"/>
+      <c r="I37" s="5"/>
+      <c r="J37" s="10"/>
+      <c r="K37" s="10"/>
+      <c r="L37" s="5"/>
+      <c r="M37" s="5"/>
+      <c r="N37" s="5"/>
+      <c r="O37" s="5"/>
+      <c r="P37" s="10"/>
+      <c r="Q37" s="10"/>
+    </row>
+    <row r="38" spans="1:17" s="15" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="10" t="s">
+        <v>102</v>
+      </c>
+      <c r="B38" s="10"/>
+      <c r="C38" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D38" s="6"/>
+      <c r="E38" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F38" s="6"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="10"/>
+      <c r="K38" s="6"/>
+      <c r="L38" s="5" t="s">
         <v>92</v>
       </c>
-      <c r="I5" s="4" t="s">
+      <c r="M38" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="N38" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="O38" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="P38" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="Q38" s="5"/>
+    </row>
+    <row r="39" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A39" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="B39" s="10"/>
+      <c r="C39" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D39" s="6"/>
+      <c r="E39" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F39" s="6"/>
+      <c r="G39" s="5"/>
+      <c r="H39" s="5"/>
+      <c r="I39" s="5"/>
+      <c r="J39" s="5"/>
+      <c r="K39" s="6"/>
+      <c r="L39" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="M39" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="N39" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="O39" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="P39" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="Q39" s="5"/>
+    </row>
+    <row r="40" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A40" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="B40" s="19" t="s">
+        <v>69</v>
+      </c>
+      <c r="C40" s="6"/>
+      <c r="D40" s="6"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="6"/>
+      <c r="G40" s="6"/>
+      <c r="H40" s="6"/>
+      <c r="I40" s="6"/>
+      <c r="J40" s="6"/>
+      <c r="K40" s="6"/>
+      <c r="L40" s="5"/>
+      <c r="M40" s="5"/>
+      <c r="N40" s="5"/>
+      <c r="O40" s="5"/>
+      <c r="P40" s="5"/>
+      <c r="Q40" s="5"/>
+    </row>
+    <row r="41" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A41" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="B41" s="19" t="s">
+        <v>69</v>
+      </c>
+      <c r="C41" s="6"/>
+      <c r="D41" s="6"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="6"/>
+      <c r="G41" s="6"/>
+      <c r="H41" s="6"/>
+      <c r="I41" s="6"/>
+      <c r="J41" s="6"/>
+      <c r="K41" s="6"/>
+      <c r="L41" s="5"/>
+      <c r="M41" s="5"/>
+      <c r="N41" s="5"/>
+      <c r="O41" s="5"/>
+      <c r="P41" s="5"/>
+      <c r="Q41" s="5"/>
+    </row>
+    <row r="42" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A42" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B42" s="19" t="s">
+        <v>69</v>
+      </c>
+      <c r="C42" s="6"/>
+      <c r="D42" s="6"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="6"/>
+      <c r="G42" s="6"/>
+      <c r="H42" s="6"/>
+      <c r="I42" s="6"/>
+      <c r="J42" s="6"/>
+      <c r="K42" s="6"/>
+      <c r="L42" s="5"/>
+      <c r="M42" s="5"/>
+      <c r="N42" s="5"/>
+      <c r="O42" s="5"/>
+      <c r="P42" s="5"/>
+      <c r="Q42" s="5"/>
+    </row>
+    <row r="43" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A43" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B43" s="8"/>
+      <c r="C43" s="6"/>
+      <c r="D43" s="6"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="6"/>
+      <c r="G43" s="6"/>
+      <c r="H43" s="6"/>
+      <c r="I43" s="6"/>
+      <c r="J43" s="6"/>
+      <c r="K43" s="6"/>
+      <c r="L43" s="5"/>
+      <c r="M43" s="5"/>
+      <c r="N43" s="5"/>
+      <c r="O43" s="5"/>
+      <c r="P43" s="5"/>
+      <c r="Q43" s="5"/>
+    </row>
+    <row r="44" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A44" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="B44" s="8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C44" s="6"/>
+      <c r="D44" s="6"/>
+      <c r="E44" s="5"/>
+      <c r="F44" s="5"/>
+      <c r="G44" s="5"/>
+      <c r="H44" s="5"/>
+      <c r="I44" s="5"/>
+      <c r="J44" s="5"/>
+      <c r="K44" s="5"/>
+      <c r="L44" s="5"/>
+      <c r="M44" s="5"/>
+      <c r="N44" s="5"/>
+      <c r="O44" s="5"/>
+      <c r="P44" s="5"/>
+      <c r="Q44" s="5"/>
+    </row>
+    <row r="45" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A45" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B45" s="8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C45" s="6"/>
+      <c r="D45" s="6"/>
+      <c r="E45" s="5"/>
+      <c r="F45" s="5"/>
+      <c r="G45" s="5"/>
+      <c r="H45" s="5"/>
+      <c r="I45" s="5"/>
+      <c r="J45" s="5"/>
+      <c r="K45" s="5"/>
+      <c r="L45" s="5"/>
+      <c r="M45" s="5"/>
+      <c r="N45" s="5"/>
+      <c r="O45" s="5"/>
+      <c r="P45" s="5"/>
+      <c r="Q45" s="5"/>
+    </row>
+    <row r="46" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A46" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B46" s="5"/>
+      <c r="C46" s="6"/>
+      <c r="D46" s="6"/>
+      <c r="E46" s="5"/>
+      <c r="F46" s="5"/>
+      <c r="G46" s="5"/>
+      <c r="H46" s="5"/>
+      <c r="I46" s="5"/>
+      <c r="J46" s="5"/>
+      <c r="K46" s="5"/>
+      <c r="L46" s="5"/>
+      <c r="M46" s="5"/>
+      <c r="N46" s="5"/>
+      <c r="O46" s="5"/>
+      <c r="P46" s="5"/>
+      <c r="Q46" s="5"/>
+    </row>
+    <row r="47" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A47" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B47" s="8"/>
+      <c r="C47" s="6"/>
+      <c r="D47" s="6"/>
+      <c r="E47" s="5"/>
+      <c r="F47" s="5"/>
+      <c r="G47" s="5"/>
+      <c r="H47" s="5"/>
+      <c r="I47" s="5"/>
+      <c r="J47" s="5"/>
+      <c r="K47" s="5"/>
+      <c r="L47" s="5"/>
+      <c r="M47" s="5"/>
+      <c r="N47" s="5"/>
+      <c r="O47" s="5"/>
+      <c r="P47" s="5"/>
+      <c r="Q47" s="5"/>
+    </row>
+    <row r="48" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A48" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B48" s="8"/>
+      <c r="C48" s="6"/>
+      <c r="D48" s="6"/>
+      <c r="E48" s="5"/>
+      <c r="F48" s="5"/>
+      <c r="G48" s="5"/>
+      <c r="H48" s="5"/>
+      <c r="I48" s="5"/>
+      <c r="J48" s="5"/>
+      <c r="K48" s="5"/>
+      <c r="L48" s="5"/>
+      <c r="M48" s="5"/>
+      <c r="N48" s="5"/>
+      <c r="O48" s="5"/>
+      <c r="P48" s="5"/>
+      <c r="Q48" s="5"/>
+    </row>
+    <row r="49" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A49" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="B49" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C49" s="6"/>
+      <c r="D49" s="6"/>
+      <c r="E49" s="5"/>
+      <c r="F49" s="5"/>
+      <c r="G49" s="5"/>
+      <c r="H49" s="5"/>
+      <c r="I49" s="5"/>
+      <c r="J49" s="5"/>
+      <c r="K49" s="5"/>
+      <c r="L49" s="5"/>
+      <c r="M49" s="5"/>
+      <c r="N49" s="5"/>
+      <c r="O49" s="5"/>
+      <c r="P49" s="5"/>
+      <c r="Q49" s="5"/>
+    </row>
+    <row r="50" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A50" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="B50" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C50" s="6"/>
+      <c r="D50" s="6"/>
+      <c r="E50" s="5"/>
+      <c r="F50" s="5"/>
+      <c r="G50" s="5"/>
+      <c r="H50" s="5"/>
+      <c r="I50" s="5"/>
+      <c r="J50" s="5"/>
+      <c r="K50" s="5"/>
+      <c r="L50" s="5"/>
+      <c r="M50" s="5"/>
+      <c r="N50" s="5"/>
+      <c r="O50" s="5"/>
+      <c r="P50" s="5"/>
+      <c r="Q50" s="5"/>
+    </row>
+    <row r="51" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A51" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B51" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C51" s="6"/>
+      <c r="D51" s="6"/>
+      <c r="E51" s="5"/>
+      <c r="F51" s="5"/>
+      <c r="G51" s="5"/>
+      <c r="H51" s="5"/>
+      <c r="I51" s="5"/>
+      <c r="J51" s="5"/>
+      <c r="K51" s="5"/>
+      <c r="L51" s="5"/>
+      <c r="M51" s="5"/>
+      <c r="N51" s="5"/>
+      <c r="O51" s="5"/>
+      <c r="P51" s="5"/>
+      <c r="Q51" s="5"/>
+    </row>
+    <row r="52" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A52" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B52" s="5"/>
+      <c r="C52" s="6"/>
+      <c r="D52" s="6"/>
+      <c r="E52" s="5"/>
+      <c r="F52" s="5"/>
+      <c r="G52" s="5"/>
+      <c r="H52" s="5"/>
+      <c r="I52" s="5"/>
+      <c r="J52" s="5"/>
+      <c r="K52" s="5"/>
+      <c r="L52" s="5"/>
+      <c r="M52" s="5"/>
+      <c r="N52" s="5"/>
+      <c r="O52" s="5"/>
+      <c r="P52" s="5"/>
+      <c r="Q52" s="5"/>
+    </row>
+    <row r="53" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A53" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="B53" s="22"/>
+      <c r="C53" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="D53" s="17" t="s">
+        <v>3</v>
+      </c>
+      <c r="E53" s="6"/>
+      <c r="F53" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="G53" s="5"/>
+      <c r="H53" s="5"/>
+      <c r="I53" s="5"/>
+      <c r="J53" s="5"/>
+      <c r="K53" s="17" t="s">
+        <v>114</v>
+      </c>
+      <c r="L53" s="5"/>
+      <c r="M53" s="5"/>
+      <c r="N53" s="5"/>
+      <c r="O53" s="5"/>
+      <c r="P53" s="5"/>
+      <c r="Q53" s="5"/>
+    </row>
+    <row r="54" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A54" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="B54" s="22"/>
+      <c r="C54" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="D54" s="17" t="s">
+        <v>3</v>
+      </c>
+      <c r="E54" s="6"/>
+      <c r="F54" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="G54" s="5"/>
+      <c r="H54" s="5"/>
+      <c r="I54" s="5"/>
+      <c r="J54" s="5"/>
+      <c r="K54" s="17" t="s">
+        <v>114</v>
+      </c>
+      <c r="L54" s="5"/>
+      <c r="M54" s="5"/>
+      <c r="N54" s="5"/>
+      <c r="O54" s="5"/>
+      <c r="P54" s="5"/>
+      <c r="Q54" s="5"/>
+    </row>
+    <row r="55" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A55" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B55" s="8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C55" s="6"/>
+      <c r="D55" s="5"/>
+      <c r="E55" s="5"/>
+      <c r="F55" s="5"/>
+      <c r="G55" s="5"/>
+      <c r="H55" s="5"/>
+      <c r="I55" s="5"/>
+      <c r="J55" s="5"/>
+      <c r="K55" s="6"/>
+      <c r="L55" s="5"/>
+      <c r="M55" s="5"/>
+      <c r="N55" s="5"/>
+      <c r="O55" s="5"/>
+      <c r="P55" s="5"/>
+      <c r="Q55" s="5"/>
+    </row>
+    <row r="56" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A56" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="B56" s="8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C56" s="6"/>
+      <c r="D56" s="5"/>
+      <c r="E56" s="5"/>
+      <c r="F56" s="5"/>
+      <c r="G56" s="5"/>
+      <c r="H56" s="5"/>
+      <c r="I56" s="5"/>
+      <c r="J56" s="5"/>
+      <c r="K56" s="6"/>
+      <c r="L56" s="5"/>
+      <c r="M56" s="5"/>
+      <c r="N56" s="5"/>
+      <c r="O56" s="5"/>
+      <c r="P56" s="5"/>
+      <c r="Q56" s="5"/>
+    </row>
+    <row r="57" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A57" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="B57" s="5"/>
+      <c r="C57" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="D57" s="6"/>
+      <c r="E57" s="6"/>
+      <c r="F57" s="11" t="s">
+        <v>82</v>
+      </c>
+      <c r="G57" s="5"/>
+      <c r="H57" s="5"/>
+      <c r="I57" s="5"/>
+      <c r="J57" s="5"/>
+      <c r="K57" s="5"/>
+      <c r="L57" s="5"/>
+      <c r="M57" s="5"/>
+      <c r="N57" s="5"/>
+      <c r="O57" s="5"/>
+      <c r="P57" s="10"/>
+      <c r="Q57" s="5"/>
+    </row>
+    <row r="58" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A58" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="B58" s="8"/>
+      <c r="C58" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="D58" s="6"/>
+      <c r="E58" s="6"/>
+      <c r="F58" s="11" t="s">
+        <v>82</v>
+      </c>
+      <c r="G58" s="5"/>
+      <c r="H58" s="5"/>
+      <c r="I58" s="5"/>
+      <c r="J58" s="5"/>
+      <c r="K58" s="5"/>
+      <c r="L58" s="5"/>
+      <c r="M58" s="5"/>
+      <c r="N58" s="5"/>
+      <c r="O58" s="5"/>
+      <c r="P58" s="10"/>
+      <c r="Q58" s="5"/>
+    </row>
+    <row r="59" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A59" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="B59" s="5"/>
+      <c r="C59" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D59" s="6"/>
+      <c r="E59" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="F59" s="6"/>
+      <c r="G59" s="5"/>
+      <c r="H59" s="5"/>
+      <c r="I59" s="5"/>
+      <c r="J59" s="5"/>
+      <c r="K59" s="5"/>
+      <c r="L59" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="M59" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="N59" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="O59" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="P59" s="10"/>
+      <c r="Q59" s="5" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="60" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A60" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="B60" s="8"/>
+      <c r="C60" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D60" s="6"/>
+      <c r="E60" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="F60" s="6"/>
+      <c r="G60" s="5"/>
+      <c r="H60" s="5"/>
+      <c r="I60" s="5"/>
+      <c r="J60" s="5"/>
+      <c r="K60" s="5"/>
+      <c r="L60" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="M60" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="N60" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="O60" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="P60" s="10"/>
+      <c r="Q60" s="5" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="61" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A61" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="B61" s="5"/>
+      <c r="C61" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="D61" s="6"/>
+      <c r="E61" s="6"/>
+      <c r="F61" s="5"/>
+      <c r="G61" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="H61" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="I61" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="J61" s="5" t="s">
         <v>7</v>
       </c>
-    </row>
-[...35 lines deleted...]
-      <c r="A8" s="4" t="s">
+      <c r="K61" s="5"/>
+      <c r="L61" s="5"/>
+      <c r="M61" s="5"/>
+      <c r="N61" s="5"/>
+      <c r="O61" s="5"/>
+      <c r="P61" s="5"/>
+      <c r="Q61" s="5"/>
+    </row>
+    <row r="62" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A62" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="B62" s="8"/>
+      <c r="C62" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="D62" s="22"/>
+      <c r="E62" s="6"/>
+      <c r="F62" s="5"/>
+      <c r="G62" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="H62" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="B8" s="4"/>
-[...237 lines deleted...]
-      <c r="D22" s="16" t="s">
+      <c r="I62" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="J62" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="F22" s="4"/>
-[...11 lines deleted...]
-      <c r="D23" s="16" t="s">
+      <c r="K62" s="5"/>
+      <c r="L62" s="5"/>
+      <c r="M62" s="5"/>
+      <c r="N62" s="5"/>
+      <c r="O62" s="5"/>
+      <c r="P62" s="5"/>
+      <c r="Q62" s="5"/>
+    </row>
+    <row r="63" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A63" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="B63" s="8"/>
+      <c r="C63" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D63" s="6"/>
+      <c r="E63" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="F23" s="4"/>
-[...139 lines deleted...]
-      <c r="D31" s="16" t="s">
+      <c r="F63" s="5"/>
+      <c r="G63" s="5"/>
+      <c r="H63" s="5"/>
+      <c r="I63" s="5"/>
+      <c r="J63" s="5"/>
+      <c r="K63" s="5"/>
+      <c r="L63" s="5"/>
+      <c r="M63" s="5"/>
+      <c r="N63" s="5"/>
+      <c r="O63" s="5"/>
+      <c r="P63" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="Q63" s="5" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="64" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A64" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="B64" s="5"/>
+      <c r="C64" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D64" s="22"/>
+      <c r="E64" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="E31" s="4"/>
-[...115 lines deleted...]
-      <c r="C37" s="8" t="s">
+      <c r="F64" s="5"/>
+      <c r="G64" s="5"/>
+      <c r="H64" s="5"/>
+      <c r="I64" s="5"/>
+      <c r="J64" s="5"/>
+      <c r="K64" s="5"/>
+      <c r="L64" s="5"/>
+      <c r="M64" s="5"/>
+      <c r="N64" s="5"/>
+      <c r="O64" s="5"/>
+      <c r="P64" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="Q64" s="5" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="65" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A65" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="B65" s="23" t="s">
+        <v>122</v>
+      </c>
+      <c r="C65" s="6"/>
+      <c r="D65" s="17" t="s">
         <v>3</v>
       </c>
-      <c r="D37" s="8"/>
-[...13 lines deleted...]
-      <c r="C38" s="8" t="s">
+      <c r="E65" s="5"/>
+      <c r="F65" s="5"/>
+      <c r="G65" s="5"/>
+      <c r="H65" s="5"/>
+      <c r="I65" s="5"/>
+      <c r="J65" s="5"/>
+      <c r="K65" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="L65" s="5"/>
+      <c r="M65" s="5"/>
+      <c r="N65" s="5"/>
+      <c r="O65" s="5"/>
+      <c r="P65" s="5"/>
+      <c r="Q65" s="5"/>
+    </row>
+    <row r="66" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A66" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="B66" s="23" t="s">
+        <v>122</v>
+      </c>
+      <c r="C66" s="6"/>
+      <c r="D66" s="17" t="s">
         <v>3</v>
       </c>
-      <c r="D38" s="8"/>
-[...526 lines deleted...]
-      <c r="I70" s="4"/>
+      <c r="E66" s="6"/>
+      <c r="F66" s="6"/>
+      <c r="G66" s="5"/>
+      <c r="H66" s="5"/>
+      <c r="I66" s="5"/>
+      <c r="J66" s="5"/>
+      <c r="K66" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="L66" s="5"/>
+      <c r="M66" s="5"/>
+      <c r="N66" s="5"/>
+      <c r="O66" s="5"/>
+      <c r="P66" s="5"/>
+      <c r="Q66" s="5"/>
     </row>
   </sheetData>
-  <phoneticPr fontId="5" type="noConversion"/>
+  <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.27559055118110237" bottom="0.19685039370078741" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1"/>
+  <dimension ref="A1:J1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="F19" sqref="F19"/>
+      <selection activeCell="E22" sqref="E22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="2" width="9.140625" style="1"/>
+    <col min="3" max="4" width="9.140625" style="2"/>
+    <col min="5" max="10" width="9.140625" style="1"/>
+  </cols>
   <sheetData/>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <phoneticPr fontId="2" type="noConversion"/>
+  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A1"/>
+  <dimension ref="C1:D1"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="D24" sqref="D24"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="2" width="8.85546875" style="3"/>
+    <col min="3" max="4" width="8.85546875" style="4"/>
+    <col min="5" max="16384" width="8.85546875" style="3"/>
+  </cols>
   <sheetData/>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <phoneticPr fontId="2" type="noConversion"/>
+  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="8" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>List1</vt:lpstr>
       <vt:lpstr>List2</vt:lpstr>
       <vt:lpstr>List3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>