--- v1 (2026-01-06)
+++ v2 (2026-01-27)
@@ -7,65 +7,65 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\HSRS dokumenti\Tijela HSRS\Upravni odbor\2025.2\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{316709EA-86D4-4019-9330-5DE7A5D0F12F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E4A03761-6B09-476A-94AB-FC889673177B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId1"/>
     <sheet name="List2" sheetId="2" r:id="rId2"/>
     <sheet name="List3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="181029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="261" uniqueCount="124">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="263" uniqueCount="125">
   <si>
     <t>DATUM</t>
   </si>
   <si>
     <t>SENIORI</t>
   </si>
   <si>
     <t>MLADEŽ/VETERANI/INVALIDI</t>
   </si>
   <si>
     <t>FEEDER</t>
   </si>
   <si>
     <t>KUP ŽUPANIJE</t>
   </si>
   <si>
     <t>KUP ZONE</t>
   </si>
   <si>
     <t>FINALE KUPA KADETI</t>
   </si>
   <si>
     <t>GAREŠNICA</t>
   </si>
   <si>
@@ -215,50 +215,53 @@
   <si>
     <t>26.09.SU</t>
   </si>
   <si>
     <t>27.09.NE</t>
   </si>
   <si>
     <t>03.10.SU</t>
   </si>
   <si>
     <t>04.10.NE</t>
   </si>
   <si>
     <t>10.10.SU</t>
   </si>
   <si>
     <t>11.10.NE</t>
   </si>
   <si>
     <t>17.04. PE</t>
   </si>
   <si>
     <t>16.04.ČE</t>
   </si>
   <si>
+    <t>SVJETSKO FEEDER ITALIJA</t>
+  </si>
+  <si>
     <t>05.06. PE</t>
   </si>
   <si>
     <t>VETERANI/INVALIDI IVANEC</t>
   </si>
   <si>
     <t>EUROPSKO SENIORI IRSKA</t>
   </si>
   <si>
     <t>30.08. SU</t>
   </si>
   <si>
     <t>31.08. NE</t>
   </si>
   <si>
     <t>KLUPSKO FEEDER  PRELOG</t>
   </si>
   <si>
     <t>07.08. PE</t>
   </si>
   <si>
     <t>21.08. PE</t>
   </si>
   <si>
     <t>MASTERI/SENIORKE SPAIN</t>
@@ -353,97 +356,97 @@
   <si>
     <t>25.07.SU</t>
   </si>
   <si>
     <t>26.07.NE</t>
   </si>
   <si>
     <t>30.07.ČE</t>
   </si>
   <si>
     <t>31.07.PE</t>
   </si>
   <si>
     <t>20.08.ČE</t>
   </si>
   <si>
     <t>ČARDA N. VIRJE</t>
   </si>
   <si>
     <t>STARA BEDNJA N. MAROF</t>
   </si>
   <si>
     <t>KANAL OREHOVICA</t>
   </si>
   <si>
-    <t>STARA DRAVA P. PODGAJCI</t>
-[...1 lines deleted...]
-  <si>
     <t>BOSUT ROKOVCI-ANDRIJAŠEVCI</t>
   </si>
   <si>
     <t>STARA DRAVA REPNJAK</t>
   </si>
   <si>
     <t>OREHOVICA</t>
   </si>
   <si>
     <t>PUŠKAŠ</t>
   </si>
   <si>
     <t>RAKITJE JUŠ</t>
   </si>
   <si>
     <t>DRAVA OSIJEK</t>
   </si>
   <si>
     <t>CEROVLJE</t>
   </si>
   <si>
     <t>RAMINAC</t>
   </si>
   <si>
     <t>PREDKOLOFEEDER</t>
   </si>
   <si>
     <t>19.09.SU</t>
   </si>
   <si>
     <t>20.09.NE</t>
   </si>
   <si>
+    <t>RAJP GAREŠNICA</t>
+  </si>
+  <si>
+    <t>ŠODRANA PITOMAČA</t>
+  </si>
+  <si>
     <t>RAJP PLOVAK GAREŠNICA</t>
-  </si>
-[...1 lines deleted...]
-    <t>SVJETSKO FEEDER ITALIJA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
@@ -459,54 +462,62 @@
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FFC00000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="8"/>
+      <sz val="7"/>
       <color rgb="FF002060"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC000"/>
@@ -550,75 +561,76 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="24">
+  <cellXfs count="25">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF6699"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
@@ -902,119 +914,119 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:Q66"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B3" sqref="B3"/>
+    <sheetView tabSelected="1" topLeftCell="A25" workbookViewId="0">
+      <selection activeCell="Q54" sqref="Q54"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8" style="3" customWidth="1"/>
     <col min="2" max="2" width="25.7109375" style="3" customWidth="1"/>
     <col min="3" max="3" width="15" style="4" customWidth="1"/>
     <col min="4" max="4" width="5.42578125" style="4" customWidth="1"/>
     <col min="5" max="6" width="10.85546875" style="3" customWidth="1"/>
     <col min="7" max="7" width="10.140625" style="3" customWidth="1"/>
     <col min="8" max="8" width="8.140625" style="3" customWidth="1"/>
     <col min="9" max="9" width="6.42578125" style="3" customWidth="1"/>
     <col min="10" max="10" width="6.7109375" style="3" customWidth="1"/>
     <col min="11" max="11" width="8.140625" style="3" customWidth="1"/>
     <col min="12" max="12" width="11.140625" style="3" customWidth="1"/>
     <col min="13" max="13" width="10" style="3" customWidth="1"/>
     <col min="14" max="14" width="14.85546875" style="3" customWidth="1"/>
     <col min="15" max="15" width="16.7109375" style="3" customWidth="1"/>
     <col min="16" max="16" width="10.85546875" style="3" customWidth="1"/>
     <col min="17" max="17" width="17.7109375" style="3" customWidth="1"/>
     <col min="18" max="16384" width="8.85546875" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" x14ac:dyDescent="0.2">
       <c r="L1" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="M1" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="N1" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="O1" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="P1" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q1" s="5" t="s">
         <v>90</v>
-      </c>
-[...13 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="2" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A2" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="5"/>
       <c r="C2" s="6"/>
       <c r="D2" s="6"/>
       <c r="E2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="F2" s="5" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G2" s="5" t="s">
         <v>11</v>
       </c>
       <c r="H2" s="5" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="I2" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="J2" s="5" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>3</v>
       </c>
       <c r="L2" s="5"/>
       <c r="M2" s="5"/>
       <c r="N2" s="5"/>
       <c r="O2" s="5"/>
       <c r="P2" s="5"/>
       <c r="Q2" s="5"/>
     </row>
     <row r="3" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A3" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B3" s="5"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="5"/>
       <c r="F3" s="5"/>
       <c r="G3" s="5"/>
       <c r="H3" s="5"/>
       <c r="I3" s="5"/>
       <c r="J3" s="5"/>
       <c r="K3" s="5"/>
@@ -1030,1143 +1042,1147 @@
         <v>14</v>
       </c>
       <c r="B4" s="5"/>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="5"/>
       <c r="F4" s="5"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="5"/>
       <c r="L4" s="5"/>
       <c r="M4" s="5"/>
       <c r="N4" s="5"/>
       <c r="O4" s="5"/>
       <c r="P4" s="5"/>
       <c r="Q4" s="5"/>
     </row>
     <row r="5" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D5" s="6"/>
       <c r="E5" s="6"/>
       <c r="F5" s="13" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="5"/>
       <c r="H5" s="5"/>
       <c r="I5" s="5"/>
       <c r="J5" s="5"/>
       <c r="K5" s="5"/>
       <c r="L5" s="5"/>
       <c r="M5" s="5"/>
       <c r="N5" s="5"/>
       <c r="O5" s="5"/>
       <c r="P5" s="5"/>
       <c r="Q5" s="5"/>
     </row>
     <row r="6" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A6" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D6" s="6"/>
       <c r="E6" s="6"/>
       <c r="F6" s="13" t="s">
         <v>9</v>
       </c>
       <c r="G6" s="5"/>
       <c r="H6" s="5"/>
       <c r="I6" s="5"/>
       <c r="J6" s="5"/>
       <c r="K6" s="5"/>
       <c r="L6" s="5"/>
       <c r="M6" s="5"/>
       <c r="N6" s="5"/>
       <c r="O6" s="5"/>
       <c r="P6" s="5"/>
       <c r="Q6" s="5"/>
     </row>
     <row r="7" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A7" s="5" t="s">
         <v>63</v>
       </c>
       <c r="B7" s="8" t="s">
-        <v>123</v>
+        <v>64</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6"/>
       <c r="E7" s="5"/>
       <c r="F7" s="5"/>
       <c r="G7" s="5"/>
       <c r="H7" s="5"/>
       <c r="I7" s="5"/>
       <c r="J7" s="5"/>
       <c r="K7" s="5"/>
       <c r="L7" s="5"/>
       <c r="M7" s="5"/>
       <c r="N7" s="5"/>
       <c r="O7" s="5"/>
       <c r="P7" s="5"/>
       <c r="Q7" s="5"/>
     </row>
     <row r="8" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A8" s="5" t="s">
         <v>62</v>
       </c>
       <c r="B8" s="8" t="s">
-        <v>123</v>
+        <v>64</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6"/>
       <c r="E8" s="5"/>
       <c r="F8" s="5"/>
       <c r="G8" s="5"/>
       <c r="H8" s="5"/>
       <c r="I8" s="5"/>
       <c r="J8" s="5"/>
       <c r="K8" s="5"/>
       <c r="L8" s="5"/>
       <c r="M8" s="5"/>
       <c r="N8" s="5"/>
       <c r="O8" s="5"/>
       <c r="P8" s="5"/>
       <c r="Q8" s="5"/>
     </row>
     <row r="9" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="8" t="s">
-        <v>123</v>
+        <v>64</v>
       </c>
       <c r="C9" s="9" t="s">
         <v>2</v>
       </c>
       <c r="D9" s="6"/>
       <c r="E9" s="5"/>
       <c r="F9" s="5"/>
       <c r="G9" s="5" t="s">
         <v>8</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I9" s="5" t="s">
         <v>9</v>
       </c>
       <c r="J9" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K9" s="5"/>
       <c r="L9" s="5"/>
       <c r="M9" s="5"/>
       <c r="N9" s="5"/>
       <c r="O9" s="5"/>
       <c r="P9" s="5"/>
       <c r="Q9" s="5"/>
     </row>
     <row r="10" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="B10" s="8"/>
+      <c r="B10" s="5"/>
       <c r="C10" s="9" t="s">
         <v>2</v>
       </c>
       <c r="D10" s="6"/>
       <c r="E10" s="5"/>
       <c r="F10" s="5"/>
       <c r="G10" s="5" t="s">
         <v>8</v>
       </c>
       <c r="H10" s="5" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I10" s="5" t="s">
         <v>9</v>
       </c>
       <c r="J10" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K10" s="5"/>
       <c r="L10" s="10"/>
       <c r="M10" s="10"/>
       <c r="N10" s="10"/>
       <c r="O10" s="10"/>
       <c r="P10" s="10"/>
       <c r="Q10" s="10"/>
     </row>
     <row r="11" spans="1:17" s="15" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B11" s="14" t="s">
         <v>119</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>1</v>
       </c>
       <c r="D11" s="12" t="s">
         <v>3</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>8</v>
       </c>
       <c r="F11" s="21"/>
       <c r="G11" s="5"/>
       <c r="H11" s="5"/>
       <c r="I11" s="5"/>
       <c r="J11" s="5"/>
       <c r="K11" s="14" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="L11" s="5" t="s">
         <v>9</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="N11" s="5" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="O11" s="5"/>
-      <c r="P11" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P11" s="5"/>
       <c r="Q11" s="5" t="s">
-        <v>110</v>
+        <v>123</v>
       </c>
     </row>
     <row r="12" spans="1:17" s="15" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B12" s="14" t="s">
         <v>119</v>
       </c>
       <c r="C12" s="7" t="s">
         <v>1</v>
       </c>
       <c r="D12" s="12" t="s">
         <v>3</v>
       </c>
       <c r="E12" s="7" t="s">
         <v>8</v>
       </c>
       <c r="F12" s="21"/>
       <c r="G12" s="5"/>
       <c r="H12" s="5"/>
       <c r="I12" s="5"/>
       <c r="J12" s="5"/>
       <c r="K12" s="14" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="L12" s="5" t="s">
         <v>9</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="N12" s="5" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="O12" s="5"/>
-      <c r="P12" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P12" s="5"/>
       <c r="Q12" s="5" t="s">
-        <v>110</v>
+        <v>123</v>
       </c>
     </row>
     <row r="13" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A13" s="10" t="s">
         <v>21</v>
       </c>
       <c r="B13" s="16" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6"/>
       <c r="E13" s="5"/>
       <c r="F13" s="5"/>
       <c r="G13" s="5"/>
       <c r="H13" s="5"/>
       <c r="I13" s="5"/>
       <c r="J13" s="5"/>
       <c r="K13" s="5"/>
       <c r="L13" s="5"/>
       <c r="M13" s="5"/>
       <c r="N13" s="5"/>
       <c r="O13" s="5"/>
       <c r="P13" s="5"/>
       <c r="Q13" s="5"/>
     </row>
     <row r="14" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A14" s="10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B14" s="16" t="s">
         <v>4</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6"/>
       <c r="E14" s="5"/>
       <c r="F14" s="5"/>
       <c r="G14" s="5"/>
       <c r="H14" s="5"/>
       <c r="I14" s="5"/>
       <c r="J14" s="5"/>
       <c r="K14" s="5"/>
       <c r="L14" s="10"/>
       <c r="M14" s="10"/>
       <c r="N14" s="10"/>
       <c r="O14" s="10"/>
       <c r="P14" s="10"/>
       <c r="Q14" s="10"/>
     </row>
     <row r="15" spans="1:17" s="15" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A15" s="5" t="s">
         <v>22</v>
       </c>
       <c r="B15" s="10"/>
       <c r="C15" s="9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D15" s="6"/>
       <c r="E15" s="6"/>
       <c r="F15" s="6"/>
       <c r="G15" s="5"/>
       <c r="H15" s="5"/>
       <c r="I15" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="J15" s="10" t="s">
+      <c r="J15" s="24" t="s">
         <v>9</v>
       </c>
       <c r="K15" s="10"/>
       <c r="L15" s="10"/>
       <c r="M15" s="10"/>
       <c r="N15" s="10"/>
       <c r="O15" s="10"/>
       <c r="P15" s="10"/>
       <c r="Q15" s="10"/>
     </row>
     <row r="16" spans="1:17" s="15" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A16" s="5" t="s">
         <v>23</v>
       </c>
       <c r="B16" s="10"/>
       <c r="C16" s="9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D16" s="6"/>
       <c r="E16" s="6"/>
       <c r="F16" s="6"/>
       <c r="G16" s="5"/>
       <c r="H16" s="5"/>
       <c r="I16" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="J16" s="10" t="s">
+      <c r="J16" s="24" t="s">
         <v>9</v>
       </c>
       <c r="K16" s="10"/>
       <c r="L16" s="5"/>
       <c r="M16" s="5"/>
       <c r="N16" s="5"/>
       <c r="O16" s="5"/>
       <c r="P16" s="5"/>
       <c r="Q16" s="5"/>
     </row>
     <row r="17" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A17" s="10" t="s">
         <v>24</v>
       </c>
       <c r="B17" s="10" t="s">
         <v>5</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="17" t="s">
         <v>3</v>
       </c>
       <c r="E17" s="5"/>
       <c r="F17" s="5"/>
       <c r="G17" s="5"/>
       <c r="H17" s="5"/>
       <c r="I17" s="5"/>
-      <c r="J17" s="5"/>
+      <c r="J17" s="24"/>
       <c r="K17" s="17" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="L17" s="5"/>
       <c r="M17" s="5"/>
       <c r="N17" s="5"/>
       <c r="O17" s="5"/>
       <c r="P17" s="5"/>
       <c r="Q17" s="5"/>
     </row>
     <row r="18" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A18" s="18" t="s">
         <v>25</v>
       </c>
       <c r="B18" s="10" t="s">
         <v>5</v>
       </c>
       <c r="D18" s="17" t="s">
         <v>3</v>
       </c>
       <c r="E18" s="5"/>
       <c r="F18" s="5"/>
       <c r="G18" s="5"/>
       <c r="H18" s="5"/>
       <c r="I18" s="5"/>
-      <c r="J18" s="5"/>
+      <c r="J18" s="24"/>
       <c r="K18" s="17" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="L18" s="5"/>
       <c r="M18" s="5"/>
-      <c r="N18" s="5"/>
-[...2 lines deleted...]
-      <c r="Q18" s="5"/>
+      <c r="N18" s="24"/>
+      <c r="O18" s="24"/>
+      <c r="P18" s="24"/>
+      <c r="Q18" s="24"/>
     </row>
     <row r="19" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A19" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D19" s="6"/>
       <c r="E19" s="5"/>
       <c r="F19" s="5"/>
       <c r="G19" s="5" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H19" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I19" s="5"/>
-      <c r="J19" s="5"/>
+      <c r="J19" s="24"/>
       <c r="K19" s="5"/>
       <c r="L19" s="5"/>
       <c r="M19" s="5"/>
-      <c r="N19" s="5"/>
-[...2 lines deleted...]
-      <c r="Q19" s="5"/>
+      <c r="N19" s="24"/>
+      <c r="O19" s="24"/>
+      <c r="P19" s="24"/>
+      <c r="Q19" s="24"/>
     </row>
     <row r="20" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B20" s="5"/>
       <c r="C20" s="9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D20" s="6"/>
       <c r="E20" s="5"/>
       <c r="F20" s="5"/>
       <c r="G20" s="5" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H20" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I20" s="5"/>
-      <c r="J20" s="5"/>
+      <c r="J20" s="24"/>
       <c r="K20" s="5"/>
       <c r="L20" s="5"/>
       <c r="M20" s="5"/>
-      <c r="N20" s="5"/>
-[...2 lines deleted...]
-      <c r="Q20" s="5"/>
+      <c r="N20" s="24"/>
+      <c r="O20" s="24"/>
+      <c r="P20" s="24"/>
+      <c r="Q20" s="24"/>
     </row>
     <row r="21" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A21" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B21" s="8"/>
       <c r="C21" s="7" t="s">
         <v>1</v>
       </c>
       <c r="D21" s="6"/>
       <c r="E21" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F21" s="5"/>
       <c r="G21" s="5"/>
       <c r="H21" s="5"/>
       <c r="I21" s="5"/>
-      <c r="J21" s="5"/>
+      <c r="J21" s="24"/>
       <c r="K21" s="5"/>
       <c r="L21" s="5" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="M21" s="5"/>
-      <c r="N21" s="10"/>
-[...6 lines deleted...]
-      <c r="Q21" s="5"/>
+      <c r="N21" s="24"/>
+      <c r="O21" s="24" t="s">
+        <v>99</v>
+      </c>
+      <c r="P21" s="24" t="s">
+        <v>102</v>
+      </c>
+      <c r="Q21" s="24" t="s">
+        <v>112</v>
+      </c>
     </row>
     <row r="22" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A22" s="5" t="s">
         <v>29</v>
       </c>
       <c r="B22" s="8"/>
       <c r="C22" s="7" t="s">
         <v>1</v>
       </c>
       <c r="D22" s="6"/>
       <c r="E22" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F22" s="5"/>
       <c r="G22" s="5"/>
       <c r="H22" s="5"/>
       <c r="I22" s="5"/>
-      <c r="J22" s="5"/>
+      <c r="J22" s="24"/>
       <c r="K22" s="5"/>
       <c r="L22" s="5" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="M22" s="5"/>
-      <c r="N22" s="10"/>
-[...6 lines deleted...]
-      <c r="Q22" s="5"/>
+      <c r="N22" s="24"/>
+      <c r="O22" s="24" t="s">
+        <v>108</v>
+      </c>
+      <c r="P22" s="24" t="s">
+        <v>102</v>
+      </c>
+      <c r="Q22" s="24" t="s">
+        <v>112</v>
+      </c>
     </row>
     <row r="23" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A23" s="5" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B23" s="19" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6"/>
       <c r="E23" s="5"/>
       <c r="F23" s="5"/>
       <c r="G23" s="5"/>
       <c r="H23" s="5"/>
       <c r="I23" s="5"/>
-      <c r="J23" s="5"/>
+      <c r="J23" s="24"/>
       <c r="K23" s="5"/>
       <c r="L23" s="5"/>
       <c r="M23" s="5"/>
-      <c r="N23" s="5"/>
-[...2 lines deleted...]
-      <c r="Q23" s="5"/>
+      <c r="N23" s="24"/>
+      <c r="O23" s="24"/>
+      <c r="P23" s="24"/>
+      <c r="Q23" s="24"/>
     </row>
     <row r="24" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A24" s="5" t="s">
         <v>30</v>
       </c>
       <c r="B24" s="19" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="17" t="s">
         <v>3</v>
       </c>
       <c r="E24" s="5"/>
       <c r="F24" s="5"/>
       <c r="G24" s="5"/>
       <c r="H24" s="5"/>
       <c r="I24" s="5"/>
-      <c r="J24" s="5"/>
+      <c r="J24" s="24"/>
       <c r="K24" s="17" t="s">
         <v>113</v>
       </c>
       <c r="L24" s="5"/>
       <c r="M24" s="5"/>
-      <c r="N24" s="5"/>
-[...2 lines deleted...]
-      <c r="Q24" s="5"/>
+      <c r="N24" s="24"/>
+      <c r="O24" s="24"/>
+      <c r="P24" s="24"/>
+      <c r="Q24" s="24"/>
     </row>
     <row r="25" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A25" s="5" t="s">
         <v>31</v>
       </c>
       <c r="B25" s="5"/>
       <c r="C25" s="6"/>
       <c r="D25" s="17" t="s">
         <v>3</v>
       </c>
       <c r="E25" s="5"/>
       <c r="F25" s="5"/>
       <c r="G25" s="5"/>
       <c r="H25" s="5"/>
       <c r="I25" s="5"/>
-      <c r="J25" s="5"/>
+      <c r="J25" s="24"/>
       <c r="K25" s="17" t="s">
         <v>113</v>
       </c>
       <c r="L25" s="5"/>
       <c r="M25" s="5"/>
-      <c r="N25" s="5"/>
-[...2 lines deleted...]
-      <c r="Q25" s="5"/>
+      <c r="N25" s="24"/>
+      <c r="O25" s="24"/>
+      <c r="P25" s="24"/>
+      <c r="Q25" s="24"/>
     </row>
     <row r="26" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="B26" s="8"/>
+      <c r="B26" s="8" t="s">
+        <v>122</v>
+      </c>
       <c r="C26" s="11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D26" s="6"/>
       <c r="E26" s="5"/>
       <c r="F26" s="11" t="s">
         <v>115</v>
       </c>
       <c r="G26" s="5"/>
       <c r="H26" s="5"/>
       <c r="I26" s="5"/>
-      <c r="J26" s="5"/>
+      <c r="J26" s="24"/>
       <c r="K26" s="5"/>
       <c r="L26" s="5"/>
       <c r="M26" s="5"/>
-      <c r="N26" s="5"/>
-[...2 lines deleted...]
-      <c r="Q26" s="5"/>
+      <c r="N26" s="24"/>
+      <c r="O26" s="24"/>
+      <c r="P26" s="24"/>
+      <c r="Q26" s="24"/>
     </row>
     <row r="27" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A27" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="B27" s="8"/>
+      <c r="B27" s="8" t="s">
+        <v>122</v>
+      </c>
       <c r="C27" s="11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D27" s="6"/>
       <c r="E27" s="5"/>
       <c r="F27" s="11" t="s">
         <v>115</v>
       </c>
       <c r="G27" s="5"/>
       <c r="H27" s="5"/>
       <c r="I27" s="5"/>
-      <c r="J27" s="5"/>
+      <c r="J27" s="24"/>
       <c r="K27" s="5"/>
       <c r="L27" s="5"/>
       <c r="M27" s="5"/>
-      <c r="N27" s="10"/>
-[...2 lines deleted...]
-      <c r="Q27" s="5"/>
+      <c r="N27" s="24"/>
+      <c r="O27" s="24"/>
+      <c r="P27" s="24"/>
+      <c r="Q27" s="24"/>
     </row>
     <row r="28" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A28" s="5" t="s">
         <v>34</v>
       </c>
       <c r="B28" s="8"/>
       <c r="C28" s="7" t="s">
         <v>1</v>
       </c>
       <c r="D28" s="6"/>
       <c r="E28" s="7" t="s">
         <v>12</v>
       </c>
       <c r="F28" s="5"/>
       <c r="G28" s="5"/>
       <c r="H28" s="5"/>
       <c r="I28" s="5"/>
-      <c r="J28" s="5"/>
+      <c r="J28" s="24"/>
       <c r="K28" s="5"/>
       <c r="L28" s="5"/>
       <c r="M28" s="5" t="s">
-        <v>95</v>
-[...10 lines deleted...]
-      </c>
+        <v>96</v>
+      </c>
+      <c r="N28" s="24" t="s">
+        <v>98</v>
+      </c>
+      <c r="O28" s="24" t="s">
+        <v>100</v>
+      </c>
+      <c r="P28" s="24" t="s">
+        <v>117</v>
+      </c>
+      <c r="Q28" s="24"/>
     </row>
     <row r="29" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A29" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B29" s="8"/>
       <c r="C29" s="7" t="s">
         <v>1</v>
       </c>
       <c r="D29" s="6"/>
       <c r="E29" s="7" t="s">
         <v>12</v>
       </c>
       <c r="F29" s="5"/>
       <c r="G29" s="5"/>
       <c r="H29" s="5"/>
       <c r="I29" s="5"/>
-      <c r="J29" s="5"/>
+      <c r="J29" s="24"/>
       <c r="K29" s="5"/>
       <c r="L29" s="5"/>
       <c r="M29" s="5" t="s">
-        <v>95</v>
-[...10 lines deleted...]
-      </c>
+        <v>96</v>
+      </c>
+      <c r="N29" s="24" t="s">
+        <v>98</v>
+      </c>
+      <c r="O29" s="24" t="s">
+        <v>109</v>
+      </c>
+      <c r="P29" s="24" t="s">
+        <v>117</v>
+      </c>
+      <c r="Q29" s="24"/>
     </row>
     <row r="30" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A30" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B30" s="8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C30" s="20"/>
       <c r="D30" s="17" t="s">
         <v>3</v>
       </c>
       <c r="E30" s="5"/>
       <c r="F30" s="5"/>
       <c r="G30" s="5"/>
       <c r="H30" s="5"/>
       <c r="I30" s="5"/>
-      <c r="J30" s="5"/>
+      <c r="J30" s="24"/>
       <c r="K30" s="17" t="s">
         <v>113</v>
       </c>
       <c r="L30" s="5"/>
       <c r="M30" s="5"/>
-      <c r="N30" s="5"/>
-[...2 lines deleted...]
-      <c r="Q30" s="5"/>
+      <c r="N30" s="24"/>
+      <c r="O30" s="24"/>
+      <c r="P30" s="24"/>
+      <c r="Q30" s="24"/>
     </row>
     <row r="31" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A31" s="5" t="s">
         <v>37</v>
       </c>
       <c r="B31" s="8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C31" s="20"/>
       <c r="D31" s="17" t="s">
         <v>3</v>
       </c>
       <c r="E31" s="5"/>
       <c r="F31" s="5"/>
       <c r="G31" s="5"/>
       <c r="H31" s="5"/>
       <c r="I31" s="5"/>
-      <c r="J31" s="5"/>
+      <c r="J31" s="24"/>
       <c r="K31" s="17" t="s">
         <v>113</v>
       </c>
       <c r="L31" s="5"/>
       <c r="M31" s="5"/>
-      <c r="N31" s="5"/>
-[...2 lines deleted...]
-      <c r="Q31" s="5"/>
+      <c r="N31" s="24"/>
+      <c r="O31" s="24"/>
+      <c r="P31" s="24"/>
+      <c r="Q31" s="24"/>
     </row>
     <row r="32" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="B32" s="16" t="s">
         <v>6</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="6"/>
       <c r="E32" s="5"/>
       <c r="F32" s="5"/>
       <c r="G32" s="5"/>
       <c r="H32" s="5"/>
       <c r="I32" s="5"/>
-      <c r="J32" s="5"/>
+      <c r="J32" s="24"/>
       <c r="K32" s="5"/>
       <c r="L32" s="10"/>
       <c r="M32" s="10"/>
-      <c r="N32" s="10"/>
-[...2 lines deleted...]
-      <c r="Q32" s="10"/>
+      <c r="N32" s="24"/>
+      <c r="O32" s="24"/>
+      <c r="P32" s="24"/>
+      <c r="Q32" s="24"/>
     </row>
     <row r="33" spans="1:17" s="15" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A33" s="10" t="s">
         <v>39</v>
       </c>
       <c r="B33" s="16" t="s">
         <v>6</v>
       </c>
       <c r="C33" s="21"/>
       <c r="D33" s="6"/>
       <c r="E33" s="10"/>
       <c r="F33" s="10"/>
       <c r="G33" s="5"/>
       <c r="H33" s="5"/>
       <c r="I33" s="5"/>
-      <c r="J33" s="10"/>
+      <c r="J33" s="24"/>
       <c r="K33" s="5"/>
       <c r="L33" s="10"/>
       <c r="M33" s="10"/>
-      <c r="N33" s="10"/>
-[...2 lines deleted...]
-      <c r="Q33" s="10"/>
+      <c r="N33" s="24"/>
+      <c r="O33" s="24"/>
+      <c r="P33" s="24"/>
+      <c r="Q33" s="24"/>
     </row>
     <row r="34" spans="1:17" s="15" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A34" s="10" t="s">
         <v>40</v>
       </c>
       <c r="B34" s="10"/>
       <c r="C34" s="9" t="s">
         <v>2</v>
       </c>
       <c r="D34" s="21"/>
       <c r="E34" s="10"/>
       <c r="F34" s="10"/>
       <c r="G34" s="5" t="s">
         <v>10</v>
       </c>
       <c r="H34" s="5" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>82</v>
+        <v>86</v>
+      </c>
+      <c r="J34" s="24" t="s">
+        <v>83</v>
       </c>
       <c r="K34" s="10"/>
       <c r="L34" s="5"/>
       <c r="M34" s="5"/>
-      <c r="N34" s="5"/>
-[...2 lines deleted...]
-      <c r="Q34" s="5"/>
+      <c r="N34" s="24"/>
+      <c r="O34" s="24"/>
+      <c r="P34" s="24"/>
+      <c r="Q34" s="24"/>
     </row>
     <row r="35" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A35" s="5" t="s">
         <v>41</v>
       </c>
       <c r="B35" s="5"/>
       <c r="C35" s="9" t="s">
         <v>2</v>
       </c>
       <c r="D35" s="6"/>
       <c r="E35" s="10"/>
       <c r="F35" s="10"/>
       <c r="G35" s="5" t="s">
         <v>10</v>
       </c>
       <c r="H35" s="5" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>82</v>
+        <v>86</v>
+      </c>
+      <c r="J35" s="24" t="s">
+        <v>83</v>
       </c>
       <c r="K35" s="5"/>
       <c r="L35" s="5"/>
       <c r="M35" s="5"/>
-      <c r="N35" s="5"/>
-[...2 lines deleted...]
-      <c r="Q35" s="5"/>
+      <c r="N35" s="24"/>
+      <c r="O35" s="24"/>
+      <c r="P35" s="24"/>
+      <c r="Q35" s="24"/>
     </row>
     <row r="36" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A36" s="5" t="s">
         <v>42</v>
       </c>
       <c r="B36" s="10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="6"/>
       <c r="E36" s="5"/>
       <c r="F36" s="5"/>
       <c r="G36" s="5"/>
       <c r="H36" s="5"/>
       <c r="I36" s="5"/>
-      <c r="J36" s="5"/>
+      <c r="J36" s="24"/>
       <c r="K36" s="5"/>
       <c r="L36" s="10"/>
       <c r="M36" s="10"/>
-      <c r="N36" s="10"/>
-[...2 lines deleted...]
-      <c r="Q36" s="10"/>
+      <c r="N36" s="24"/>
+      <c r="O36" s="24"/>
+      <c r="P36" s="24"/>
+      <c r="Q36" s="24"/>
     </row>
     <row r="37" spans="1:17" s="15" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A37" s="10" t="s">
         <v>43</v>
       </c>
       <c r="B37" s="10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="6"/>
       <c r="E37" s="10"/>
       <c r="F37" s="10"/>
       <c r="G37" s="5"/>
       <c r="H37" s="5"/>
       <c r="I37" s="5"/>
-      <c r="J37" s="10"/>
+      <c r="J37" s="24"/>
       <c r="K37" s="10"/>
       <c r="L37" s="5"/>
       <c r="M37" s="5"/>
-      <c r="N37" s="5"/>
-[...2 lines deleted...]
-      <c r="Q37" s="10"/>
+      <c r="N37" s="24"/>
+      <c r="O37" s="24"/>
+      <c r="P37" s="24"/>
+      <c r="Q37" s="24"/>
     </row>
     <row r="38" spans="1:17" s="15" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A38" s="10" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B38" s="10"/>
       <c r="C38" s="7" t="s">
         <v>1</v>
       </c>
       <c r="D38" s="6"/>
       <c r="E38" s="7" t="s">
         <v>12</v>
       </c>
       <c r="F38" s="6"/>
       <c r="G38" s="5"/>
       <c r="H38" s="5"/>
       <c r="I38" s="5"/>
       <c r="J38" s="10"/>
       <c r="K38" s="6"/>
       <c r="L38" s="5" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M38" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="N38" s="5" t="s">
+      <c r="N38" s="24" t="s">
         <v>116</v>
       </c>
-      <c r="O38" s="5" t="s">
-[...5 lines deleted...]
-      <c r="Q38" s="5"/>
+      <c r="O38" s="24" t="s">
+        <v>101</v>
+      </c>
+      <c r="P38" s="24" t="s">
+        <v>94</v>
+      </c>
+      <c r="Q38" s="24"/>
     </row>
     <row r="39" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A39" s="5" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B39" s="10"/>
       <c r="C39" s="7" t="s">
         <v>1</v>
       </c>
       <c r="D39" s="6"/>
       <c r="E39" s="7" t="s">
         <v>12</v>
       </c>
       <c r="F39" s="6"/>
       <c r="G39" s="5"/>
       <c r="H39" s="5"/>
       <c r="I39" s="5"/>
       <c r="J39" s="5"/>
       <c r="K39" s="6"/>
       <c r="L39" s="5" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M39" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="N39" s="5" t="s">
+      <c r="N39" s="24" t="s">
         <v>116</v>
       </c>
-      <c r="O39" s="5" t="s">
-[...5 lines deleted...]
-      <c r="Q39" s="5"/>
+      <c r="O39" s="24" t="s">
+        <v>101</v>
+      </c>
+      <c r="P39" s="24" t="s">
+        <v>94</v>
+      </c>
+      <c r="Q39" s="24"/>
     </row>
     <row r="40" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A40" s="5" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B40" s="19" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="6"/>
       <c r="E40" s="6"/>
       <c r="F40" s="6"/>
       <c r="G40" s="6"/>
       <c r="H40" s="6"/>
       <c r="I40" s="6"/>
       <c r="J40" s="6"/>
       <c r="K40" s="6"/>
       <c r="L40" s="5"/>
       <c r="M40" s="5"/>
-      <c r="N40" s="5"/>
-[...2 lines deleted...]
-      <c r="Q40" s="5"/>
+      <c r="N40" s="24"/>
+      <c r="O40" s="24"/>
+      <c r="P40" s="24"/>
+      <c r="Q40" s="24"/>
     </row>
     <row r="41" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A41" s="5" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B41" s="19" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="6"/>
       <c r="E41" s="6"/>
       <c r="F41" s="6"/>
       <c r="G41" s="6"/>
       <c r="H41" s="6"/>
       <c r="I41" s="6"/>
       <c r="J41" s="6"/>
       <c r="K41" s="6"/>
       <c r="L41" s="5"/>
       <c r="M41" s="5"/>
-      <c r="N41" s="5"/>
-[...2 lines deleted...]
-      <c r="Q41" s="5"/>
+      <c r="N41" s="24"/>
+      <c r="O41" s="24"/>
+      <c r="P41" s="24"/>
+      <c r="Q41" s="24"/>
     </row>
     <row r="42" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A42" s="5" t="s">
         <v>44</v>
       </c>
       <c r="B42" s="19" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="6"/>
       <c r="E42" s="6"/>
       <c r="F42" s="6"/>
       <c r="G42" s="6"/>
       <c r="H42" s="6"/>
       <c r="I42" s="6"/>
       <c r="J42" s="6"/>
       <c r="K42" s="6"/>
       <c r="L42" s="5"/>
       <c r="M42" s="5"/>
-      <c r="N42" s="5"/>
-[...2 lines deleted...]
-      <c r="Q42" s="5"/>
+      <c r="N42" s="24"/>
+      <c r="O42" s="24"/>
+      <c r="P42" s="24"/>
+      <c r="Q42" s="24"/>
     </row>
     <row r="43" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A43" s="5" t="s">
         <v>45</v>
       </c>
       <c r="B43" s="8"/>
       <c r="C43" s="6"/>
       <c r="D43" s="6"/>
       <c r="E43" s="6"/>
       <c r="F43" s="6"/>
       <c r="G43" s="6"/>
       <c r="H43" s="6"/>
       <c r="I43" s="6"/>
       <c r="J43" s="6"/>
       <c r="K43" s="6"/>
       <c r="L43" s="5"/>
       <c r="M43" s="5"/>
-      <c r="N43" s="5"/>
-[...2 lines deleted...]
-      <c r="Q43" s="5"/>
+      <c r="N43" s="24"/>
+      <c r="O43" s="24"/>
+      <c r="P43" s="24"/>
+      <c r="Q43" s="24"/>
     </row>
     <row r="44" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A44" s="5" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B44" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="6"/>
       <c r="E44" s="5"/>
       <c r="F44" s="5"/>
       <c r="G44" s="5"/>
       <c r="H44" s="5"/>
       <c r="I44" s="5"/>
       <c r="J44" s="5"/>
       <c r="K44" s="5"/>
       <c r="L44" s="5"/>
       <c r="M44" s="5"/>
-      <c r="N44" s="5"/>
-[...2 lines deleted...]
-      <c r="Q44" s="5"/>
+      <c r="N44" s="24"/>
+      <c r="O44" s="24"/>
+      <c r="P44" s="24"/>
+      <c r="Q44" s="24"/>
     </row>
     <row r="45" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A45" s="5" t="s">
         <v>46</v>
       </c>
       <c r="B45" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="6"/>
       <c r="E45" s="5"/>
       <c r="F45" s="5"/>
       <c r="G45" s="5"/>
       <c r="H45" s="5"/>
       <c r="I45" s="5"/>
       <c r="J45" s="5"/>
       <c r="K45" s="5"/>
       <c r="L45" s="5"/>
       <c r="M45" s="5"/>
       <c r="N45" s="5"/>
       <c r="O45" s="5"/>
       <c r="P45" s="5"/>
       <c r="Q45" s="5"/>
     </row>
     <row r="46" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A46" s="5" t="s">
         <v>47</v>
       </c>
       <c r="B46" s="5"/>
       <c r="C46" s="6"/>
       <c r="D46" s="6"/>
       <c r="E46" s="5"/>
@@ -2205,515 +2221,515 @@
       <c r="Q47" s="5"/>
     </row>
     <row r="48" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A48" s="5" t="s">
         <v>49</v>
       </c>
       <c r="B48" s="8"/>
       <c r="C48" s="6"/>
       <c r="D48" s="6"/>
       <c r="E48" s="5"/>
       <c r="F48" s="5"/>
       <c r="G48" s="5"/>
       <c r="H48" s="5"/>
       <c r="I48" s="5"/>
       <c r="J48" s="5"/>
       <c r="K48" s="5"/>
       <c r="L48" s="5"/>
       <c r="M48" s="5"/>
       <c r="N48" s="5"/>
       <c r="O48" s="5"/>
       <c r="P48" s="5"/>
       <c r="Q48" s="5"/>
     </row>
     <row r="49" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A49" s="5" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B49" s="8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="6"/>
       <c r="E49" s="5"/>
       <c r="F49" s="5"/>
       <c r="G49" s="5"/>
       <c r="H49" s="5"/>
       <c r="I49" s="5"/>
       <c r="J49" s="5"/>
       <c r="K49" s="5"/>
       <c r="L49" s="5"/>
       <c r="M49" s="5"/>
       <c r="N49" s="5"/>
       <c r="O49" s="5"/>
       <c r="P49" s="5"/>
       <c r="Q49" s="5"/>
     </row>
     <row r="50" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A50" s="5" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B50" s="8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="6"/>
       <c r="E50" s="5"/>
       <c r="F50" s="5"/>
       <c r="G50" s="5"/>
       <c r="H50" s="5"/>
       <c r="I50" s="5"/>
       <c r="J50" s="5"/>
       <c r="K50" s="5"/>
       <c r="L50" s="5"/>
       <c r="M50" s="5"/>
       <c r="N50" s="5"/>
       <c r="O50" s="5"/>
       <c r="P50" s="5"/>
       <c r="Q50" s="5"/>
     </row>
     <row r="51" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A51" s="5" t="s">
         <v>50</v>
       </c>
       <c r="B51" s="8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="6"/>
       <c r="E51" s="5"/>
       <c r="F51" s="5"/>
       <c r="G51" s="5"/>
       <c r="H51" s="5"/>
       <c r="I51" s="5"/>
       <c r="J51" s="5"/>
       <c r="K51" s="5"/>
       <c r="L51" s="5"/>
       <c r="M51" s="5"/>
       <c r="N51" s="5"/>
       <c r="O51" s="5"/>
       <c r="P51" s="5"/>
       <c r="Q51" s="5"/>
     </row>
     <row r="52" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A52" s="5" t="s">
         <v>51</v>
       </c>
       <c r="B52" s="5"/>
       <c r="C52" s="6"/>
       <c r="D52" s="6"/>
       <c r="E52" s="5"/>
       <c r="F52" s="5"/>
       <c r="G52" s="5"/>
       <c r="H52" s="5"/>
       <c r="I52" s="5"/>
       <c r="J52" s="5"/>
       <c r="K52" s="5"/>
       <c r="L52" s="5"/>
       <c r="M52" s="5"/>
       <c r="N52" s="5"/>
       <c r="O52" s="5"/>
       <c r="P52" s="5"/>
       <c r="Q52" s="5"/>
     </row>
     <row r="53" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A53" s="5" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B53" s="22"/>
       <c r="C53" s="11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D53" s="17" t="s">
         <v>3</v>
       </c>
       <c r="E53" s="6"/>
       <c r="F53" s="11" t="s">
         <v>10</v>
       </c>
       <c r="G53" s="5"/>
       <c r="H53" s="5"/>
       <c r="I53" s="5"/>
       <c r="J53" s="5"/>
       <c r="K53" s="17" t="s">
         <v>114</v>
       </c>
       <c r="L53" s="5"/>
       <c r="M53" s="5"/>
       <c r="N53" s="5"/>
       <c r="O53" s="5"/>
       <c r="P53" s="5"/>
       <c r="Q53" s="5"/>
     </row>
     <row r="54" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A54" s="5" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B54" s="22"/>
       <c r="C54" s="11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D54" s="17" t="s">
         <v>3</v>
       </c>
       <c r="E54" s="6"/>
       <c r="F54" s="11" t="s">
         <v>10</v>
       </c>
       <c r="G54" s="5"/>
       <c r="H54" s="5"/>
       <c r="I54" s="5"/>
       <c r="J54" s="5"/>
       <c r="K54" s="17" t="s">
         <v>114</v>
       </c>
       <c r="L54" s="5"/>
       <c r="M54" s="5"/>
       <c r="N54" s="5"/>
       <c r="O54" s="5"/>
       <c r="P54" s="5"/>
       <c r="Q54" s="5"/>
     </row>
     <row r="55" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A55" s="5" t="s">
         <v>52</v>
       </c>
       <c r="B55" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="5"/>
       <c r="E55" s="5"/>
       <c r="F55" s="5"/>
       <c r="G55" s="5"/>
       <c r="H55" s="5"/>
       <c r="I55" s="5"/>
       <c r="J55" s="5"/>
       <c r="K55" s="6"/>
       <c r="L55" s="5"/>
       <c r="M55" s="5"/>
       <c r="N55" s="5"/>
       <c r="O55" s="5"/>
       <c r="P55" s="5"/>
       <c r="Q55" s="5"/>
     </row>
     <row r="56" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A56" s="5" t="s">
         <v>53</v>
       </c>
       <c r="B56" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="5"/>
       <c r="E56" s="5"/>
       <c r="F56" s="5"/>
       <c r="G56" s="5"/>
       <c r="H56" s="5"/>
       <c r="I56" s="5"/>
       <c r="J56" s="5"/>
       <c r="K56" s="6"/>
       <c r="L56" s="5"/>
       <c r="M56" s="5"/>
       <c r="N56" s="5"/>
       <c r="O56" s="5"/>
       <c r="P56" s="5"/>
       <c r="Q56" s="5"/>
     </row>
     <row r="57" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A57" s="5" t="s">
         <v>54</v>
       </c>
       <c r="B57" s="5"/>
       <c r="C57" s="11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D57" s="6"/>
       <c r="E57" s="6"/>
       <c r="F57" s="11" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G57" s="5"/>
       <c r="H57" s="5"/>
       <c r="I57" s="5"/>
       <c r="J57" s="5"/>
       <c r="K57" s="5"/>
       <c r="L57" s="5"/>
       <c r="M57" s="5"/>
       <c r="N57" s="5"/>
       <c r="O57" s="5"/>
       <c r="P57" s="10"/>
       <c r="Q57" s="5"/>
     </row>
     <row r="58" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A58" s="5" t="s">
         <v>55</v>
       </c>
       <c r="B58" s="8"/>
       <c r="C58" s="11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D58" s="6"/>
       <c r="E58" s="6"/>
       <c r="F58" s="11" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G58" s="5"/>
       <c r="H58" s="5"/>
       <c r="I58" s="5"/>
       <c r="J58" s="5"/>
       <c r="K58" s="5"/>
       <c r="L58" s="5"/>
       <c r="M58" s="5"/>
       <c r="N58" s="5"/>
       <c r="O58" s="5"/>
       <c r="P58" s="10"/>
       <c r="Q58" s="5"/>
     </row>
     <row r="59" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A59" s="5" t="s">
         <v>120</v>
       </c>
       <c r="B59" s="5"/>
       <c r="C59" s="7" t="s">
         <v>1</v>
       </c>
       <c r="D59" s="6"/>
       <c r="E59" s="7" t="s">
         <v>10</v>
       </c>
       <c r="F59" s="6"/>
       <c r="G59" s="5"/>
       <c r="H59" s="5"/>
       <c r="I59" s="5"/>
       <c r="J59" s="5"/>
       <c r="K59" s="5"/>
       <c r="L59" s="5" t="s">
         <v>12</v>
       </c>
       <c r="M59" s="5" t="s">
         <v>115</v>
       </c>
       <c r="N59" s="5" t="s">
         <v>111</v>
       </c>
       <c r="O59" s="5" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P59" s="10"/>
       <c r="Q59" s="5" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="60" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A60" s="5" t="s">
         <v>121</v>
       </c>
       <c r="B60" s="8"/>
       <c r="C60" s="7" t="s">
         <v>1</v>
       </c>
       <c r="D60" s="6"/>
       <c r="E60" s="7" t="s">
         <v>10</v>
       </c>
       <c r="F60" s="6"/>
       <c r="G60" s="5"/>
       <c r="H60" s="5"/>
       <c r="I60" s="5"/>
       <c r="J60" s="5"/>
       <c r="K60" s="5"/>
       <c r="L60" s="5" t="s">
         <v>12</v>
       </c>
       <c r="M60" s="5" t="s">
         <v>115</v>
       </c>
       <c r="N60" s="5" t="s">
         <v>111</v>
       </c>
       <c r="O60" s="5" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P60" s="10"/>
       <c r="Q60" s="5" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="61" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A61" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B61" s="5"/>
       <c r="C61" s="9" t="s">
         <v>2</v>
       </c>
       <c r="D61" s="6"/>
       <c r="E61" s="6"/>
       <c r="F61" s="5"/>
       <c r="G61" s="5" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H61" s="5" t="s">
         <v>10</v>
       </c>
       <c r="I61" s="5" t="s">
         <v>10</v>
       </c>
       <c r="J61" s="5" t="s">
         <v>7</v>
       </c>
       <c r="K61" s="5"/>
       <c r="L61" s="5"/>
       <c r="M61" s="5"/>
       <c r="N61" s="5"/>
       <c r="O61" s="5"/>
       <c r="P61" s="5"/>
       <c r="Q61" s="5"/>
     </row>
     <row r="62" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A62" s="5" t="s">
         <v>57</v>
       </c>
       <c r="B62" s="8"/>
       <c r="C62" s="9" t="s">
         <v>2</v>
       </c>
       <c r="D62" s="22"/>
       <c r="E62" s="6"/>
       <c r="F62" s="5"/>
       <c r="G62" s="5" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H62" s="5" t="s">
         <v>10</v>
       </c>
       <c r="I62" s="5" t="s">
         <v>10</v>
       </c>
       <c r="J62" s="5" t="s">
         <v>7</v>
       </c>
       <c r="K62" s="5"/>
       <c r="L62" s="5"/>
       <c r="M62" s="5"/>
       <c r="N62" s="5"/>
       <c r="O62" s="5"/>
-      <c r="P62" s="5"/>
+      <c r="P62" s="24"/>
       <c r="Q62" s="5"/>
     </row>
     <row r="63" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A63" s="5" t="s">
         <v>58</v>
       </c>
       <c r="B63" s="8"/>
       <c r="C63" s="7" t="s">
         <v>1</v>
       </c>
       <c r="D63" s="6"/>
       <c r="E63" s="7" t="s">
         <v>7</v>
       </c>
       <c r="F63" s="5"/>
       <c r="G63" s="5"/>
       <c r="H63" s="5"/>
       <c r="I63" s="5"/>
       <c r="J63" s="5"/>
       <c r="K63" s="5"/>
       <c r="L63" s="5"/>
       <c r="M63" s="5"/>
       <c r="N63" s="5"/>
       <c r="O63" s="5"/>
-      <c r="P63" s="10" t="s">
+      <c r="P63" s="24" t="s">
         <v>10</v>
       </c>
       <c r="Q63" s="5" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="64" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A64" s="5" t="s">
         <v>59</v>
       </c>
       <c r="B64" s="5"/>
       <c r="C64" s="7" t="s">
         <v>1</v>
       </c>
       <c r="D64" s="22"/>
       <c r="E64" s="7" t="s">
         <v>7</v>
       </c>
       <c r="F64" s="5"/>
       <c r="G64" s="5"/>
       <c r="H64" s="5"/>
       <c r="I64" s="5"/>
       <c r="J64" s="5"/>
       <c r="K64" s="5"/>
       <c r="L64" s="5"/>
       <c r="M64" s="5"/>
       <c r="N64" s="5"/>
       <c r="O64" s="5"/>
-      <c r="P64" s="10" t="s">
+      <c r="P64" s="24" t="s">
         <v>10</v>
       </c>
       <c r="Q64" s="5" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="65" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A65" s="5" t="s">
         <v>60</v>
       </c>
       <c r="B65" s="23" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C65" s="6"/>
       <c r="D65" s="17" t="s">
         <v>3</v>
       </c>
       <c r="E65" s="5"/>
       <c r="F65" s="5"/>
       <c r="G65" s="5"/>
       <c r="H65" s="5"/>
       <c r="I65" s="5"/>
       <c r="J65" s="5"/>
       <c r="K65" s="17" t="s">
         <v>10</v>
       </c>
       <c r="L65" s="5"/>
       <c r="M65" s="5"/>
       <c r="N65" s="5"/>
       <c r="O65" s="5"/>
-      <c r="P65" s="5"/>
+      <c r="P65" s="24"/>
       <c r="Q65" s="5"/>
     </row>
     <row r="66" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A66" s="5" t="s">
         <v>61</v>
       </c>
       <c r="B66" s="23" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C66" s="6"/>
       <c r="D66" s="17" t="s">
         <v>3</v>
       </c>
       <c r="E66" s="6"/>
       <c r="F66" s="6"/>
       <c r="G66" s="5"/>
       <c r="H66" s="5"/>
       <c r="I66" s="5"/>
       <c r="J66" s="5"/>
       <c r="K66" s="17" t="s">
         <v>10</v>
       </c>
       <c r="L66" s="5"/>
       <c r="M66" s="5"/>
       <c r="N66" s="5"/>
       <c r="O66" s="5"/>
       <c r="P66" s="5"/>
       <c r="Q66" s="5"/>
     </row>
   </sheetData>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.27559055118110237" bottom="0.19685039370078741" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>